--- v0 (2025-11-21)
+++ v1 (2026-03-16)
@@ -1155,120 +1155,120 @@
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="2">
         <v>40543</v>
       </c>
       <c r="E37" s="3">
         <v>2010</v>
       </c>
       <c r="F37">
         <v>54.195150</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D38" s="2">
         <v>40908</v>
       </c>
       <c r="E38" s="3">
         <v>2011</v>
       </c>
       <c r="F38">
-        <v>50.314783</v>
+        <v>58.293910</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
         <v>40908</v>
       </c>
       <c r="E39" s="3">
         <v>2011</v>
       </c>
       <c r="F39">
-        <v>58.293910</v>
+        <v>50.314783</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D40" s="2">
         <v>41274</v>
       </c>
       <c r="E40" s="3">
         <v>2012</v>
       </c>
       <c r="F40">
-        <v>55.439468</v>
+        <v>62.478626</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>41274</v>
       </c>
       <c r="E41" s="3">
         <v>2012</v>
       </c>
       <c r="F41">
-        <v>62.478626</v>
+        <v>55.439468</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="2">
         <v>41639</v>
       </c>
       <c r="E42" s="3">
         <v>2013</v>
       </c>
       <c r="F42">
         <v>81.554923</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
@@ -1315,80 +1315,80 @@
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>42004</v>
       </c>
       <c r="E45" s="3">
         <v>2014</v>
       </c>
       <c r="F45">
         <v>65.375667</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D46" s="2">
         <v>42369</v>
       </c>
       <c r="E46" s="3">
         <v>2015</v>
       </c>
       <c r="F46">
-        <v>78.954174</v>
+        <v>92.745078</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D47" s="2">
         <v>42369</v>
       </c>
       <c r="E47" s="3">
         <v>2015</v>
       </c>
       <c r="F47">
-        <v>92.745078</v>
+        <v>78.954174</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2">
         <v>42735</v>
       </c>
       <c r="E48" s="3">
         <v>2016</v>
       </c>
       <c r="F48">
         <v>82.827437</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
@@ -1475,80 +1475,80 @@
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
         <v>43465</v>
       </c>
       <c r="E53" s="3">
         <v>2018</v>
       </c>
       <c r="F53">
         <v>95.807645</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D54" s="2">
         <v>43830</v>
       </c>
       <c r="E54" s="3">
         <v>2019</v>
       </c>
       <c r="F54">
-        <v>89.668591</v>
+        <v>95.810149</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D55" s="2">
         <v>43830</v>
       </c>
       <c r="E55" s="3">
         <v>2019</v>
       </c>
       <c r="F55">
-        <v>95.810149</v>
+        <v>89.668591</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>44196</v>
       </c>
       <c r="E56" s="3">
         <v>2020</v>
       </c>
       <c r="F56">
         <v>89.918579</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
@@ -1635,120 +1635,120 @@
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2">
         <v>44926</v>
       </c>
       <c r="E61" s="3">
         <v>2022</v>
       </c>
       <c r="F61">
         <v>92.868881</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2">
         <v>45291</v>
       </c>
       <c r="E62" s="3">
         <v>2023</v>
       </c>
       <c r="F62">
-        <v>96.794917</v>
+        <v>99.626425</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D63" s="2">
         <v>45291</v>
       </c>
       <c r="E63" s="3">
         <v>2023</v>
       </c>
       <c r="F63">
-        <v>99.626425</v>
+        <v>96.794917</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D64" s="2">
         <v>45657</v>
       </c>
       <c r="E64" s="3">
         <v>2024</v>
       </c>
       <c r="F64">
-        <v>99.330385</v>
+        <v>99.95</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D65" s="2">
         <v>45657</v>
       </c>
       <c r="E65" s="3">
         <v>2024</v>
       </c>
       <c r="F65">
-        <v>99.95</v>
+        <v>99.330385</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>