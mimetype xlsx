--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -38,54 +38,54 @@
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Bruttoregionalprodukt (BRP)</t>
   </si>
   <si>
     <t>GM.8.1</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
-    <t>Järfälla</t>
+    <t>Stockholms läns kommuner (ovägt medel)</t>
   </si>
   <si>
-    <t>Stockholms läns kommuner (ovägt medel)</t>
+    <t>Järfälla</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -664,471 +664,471 @@
       </c>
       <c r="E12" s="3">
         <v>2022</v>
       </c>
       <c r="F12">
         <v>385.957814</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
         <v>41274</v>
       </c>
       <c r="E13" s="3">
         <v>2012</v>
       </c>
       <c r="F13">
-        <v>294.766163</v>
+        <v>359.776275</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>41274</v>
       </c>
       <c r="E14" s="3">
         <v>2012</v>
       </c>
       <c r="F14">
-        <v>359.776275</v>
+        <v>294.766163</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D15" s="2">
         <v>41639</v>
       </c>
       <c r="E15" s="3">
         <v>2013</v>
       </c>
       <c r="F15">
         <v>363.840946</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D16" s="2">
         <v>41639</v>
       </c>
       <c r="E16" s="3">
         <v>2013</v>
       </c>
       <c r="F16">
         <v>282.331169</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
         <v>42004</v>
       </c>
       <c r="E17" s="3">
         <v>2014</v>
       </c>
       <c r="F17">
-        <v>296.162713</v>
+        <v>375.029234</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>42004</v>
       </c>
       <c r="E18" s="3">
         <v>2014</v>
       </c>
       <c r="F18">
-        <v>375.029234</v>
+        <v>296.162713</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>42369</v>
       </c>
       <c r="E19" s="3">
         <v>2015</v>
       </c>
       <c r="F19">
         <v>388.038467</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D20" s="2">
         <v>42369</v>
       </c>
       <c r="E20" s="3">
         <v>2015</v>
       </c>
       <c r="F20">
         <v>293.722128</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D21" s="2">
         <v>42735</v>
       </c>
       <c r="E21" s="3">
         <v>2016</v>
       </c>
       <c r="F21">
         <v>406.058875</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D22" s="2">
         <v>42735</v>
       </c>
       <c r="E22" s="3">
         <v>2016</v>
       </c>
       <c r="F22">
         <v>302.410901</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D23" s="2">
         <v>43100</v>
       </c>
       <c r="E23" s="3">
         <v>2017</v>
       </c>
       <c r="F23">
         <v>413.105555</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D24" s="2">
         <v>43100</v>
       </c>
       <c r="E24" s="3">
         <v>2017</v>
       </c>
       <c r="F24">
         <v>323.335906</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D25" s="2">
         <v>43465</v>
       </c>
       <c r="E25" s="3">
         <v>2018</v>
       </c>
       <c r="F25">
         <v>421.866570</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D26" s="2">
         <v>43465</v>
       </c>
       <c r="E26" s="3">
         <v>2018</v>
       </c>
       <c r="F26">
         <v>326.478084</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>43830</v>
       </c>
       <c r="E27" s="3">
         <v>2019</v>
       </c>
       <c r="F27">
-        <v>435.715299</v>
+        <v>334.616827</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
         <v>43830</v>
       </c>
       <c r="E28" s="3">
         <v>2019</v>
       </c>
       <c r="F28">
-        <v>334.616827</v>
+        <v>435.715299</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2">
         <v>44196</v>
       </c>
       <c r="E29" s="3">
         <v>2020</v>
       </c>
       <c r="F29">
-        <v>437.382357</v>
+        <v>322.120235</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>44196</v>
       </c>
       <c r="E30" s="3">
         <v>2020</v>
       </c>
       <c r="F30">
-        <v>322.120235</v>
+        <v>437.382357</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D31" s="2">
         <v>44561</v>
       </c>
       <c r="E31" s="3">
         <v>2021</v>
       </c>
       <c r="F31">
         <v>338.667789</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D32" s="2">
         <v>44561</v>
       </c>
       <c r="E32" s="3">
         <v>2021</v>
       </c>
       <c r="F32">
         <v>450.123596</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="2">
         <v>44926</v>
       </c>
       <c r="E33" s="3">
         <v>2022</v>
       </c>
       <c r="F33">
-        <v>333.758484</v>
+        <v>460.491586</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>44926</v>
       </c>
       <c r="E34" s="3">
         <v>2022</v>
       </c>
       <c r="F34">
-        <v>460.491586</v>
+        <v>333.758484</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="2">
         <v>41274</v>
       </c>
       <c r="E35" s="3">
         <v>2012</v>
       </c>
       <c r="F35">
         <v>300.851456</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>