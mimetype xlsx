--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1075,160 +1075,160 @@
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2">
         <v>40543</v>
       </c>
       <c r="E33" s="3">
         <v>2010</v>
       </c>
       <c r="F33">
         <v>23.159717</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>40908</v>
       </c>
       <c r="E34" s="3">
         <v>2011</v>
       </c>
       <c r="F34">
-        <v>25.918656</v>
+        <v>21.078877</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D35" s="2">
         <v>40908</v>
       </c>
       <c r="E35" s="3">
         <v>2011</v>
       </c>
       <c r="F35">
-        <v>21.078877</v>
+        <v>25.918656</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>41274</v>
       </c>
       <c r="E36" s="3">
         <v>2012</v>
       </c>
       <c r="F36">
-        <v>20.874461</v>
+        <v>21.587670</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D37" s="2">
         <v>41274</v>
       </c>
       <c r="E37" s="3">
         <v>2012</v>
       </c>
       <c r="F37">
-        <v>21.587670</v>
+        <v>20.874461</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D38" s="2">
         <v>41639</v>
       </c>
       <c r="E38" s="3">
         <v>2013</v>
       </c>
       <c r="F38">
-        <v>20.905041</v>
+        <v>20.182277</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
         <v>41639</v>
       </c>
       <c r="E39" s="3">
         <v>2013</v>
       </c>
       <c r="F39">
-        <v>20.182277</v>
+        <v>20.905041</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2">
         <v>42004</v>
       </c>
       <c r="E40" s="3">
         <v>2014</v>
       </c>
       <c r="F40">
         <v>20.910798</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
@@ -1315,120 +1315,120 @@
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>42735</v>
       </c>
       <c r="E45" s="3">
         <v>2016</v>
       </c>
       <c r="F45">
         <v>20.688108</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D46" s="2">
         <v>43100</v>
       </c>
       <c r="E46" s="3">
         <v>2017</v>
       </c>
       <c r="F46">
-        <v>21.398722</v>
+        <v>20.447857</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D47" s="2">
         <v>43100</v>
       </c>
       <c r="E47" s="3">
         <v>2017</v>
       </c>
       <c r="F47">
-        <v>20.447857</v>
+        <v>21.398722</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D48" s="2">
         <v>43465</v>
       </c>
       <c r="E48" s="3">
         <v>2018</v>
       </c>
       <c r="F48">
-        <v>18.257836</v>
+        <v>18.727369</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D49" s="2">
         <v>43465</v>
       </c>
       <c r="E49" s="3">
         <v>2018</v>
       </c>
       <c r="F49">
-        <v>18.727369</v>
+        <v>18.257836</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
         <v>43830</v>
       </c>
       <c r="E50" s="3">
         <v>2019</v>
       </c>
       <c r="F50">
         <v>18.248406</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>