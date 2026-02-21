--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -935,80 +935,80 @@
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2">
         <v>42369</v>
       </c>
       <c r="E26" s="3">
         <v>2015</v>
       </c>
       <c r="F26">
         <v>88.051374</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>42735</v>
       </c>
       <c r="E27" s="3">
         <v>2016</v>
       </c>
       <c r="F27">
-        <v>89.2883</v>
+        <v>83.967048</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D28" s="2">
         <v>42735</v>
       </c>
       <c r="E28" s="3">
         <v>2016</v>
       </c>
       <c r="F28">
-        <v>83.967048</v>
+        <v>89.2883</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2">
         <v>43100</v>
       </c>
       <c r="E29" s="3">
         <v>2017</v>
       </c>
       <c r="F29">
         <v>93.217708</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
@@ -1035,200 +1035,200 @@
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
         <v>43465</v>
       </c>
       <c r="E31" s="3">
         <v>2018</v>
       </c>
       <c r="F31">
         <v>87.44392</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D32" s="2">
         <v>43830</v>
       </c>
       <c r="E32" s="3">
         <v>2019</v>
       </c>
       <c r="F32">
-        <v>92.742458</v>
+        <v>92.386</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D33" s="2">
         <v>43830</v>
       </c>
       <c r="E33" s="3">
         <v>2019</v>
       </c>
       <c r="F33">
-        <v>92.386</v>
+        <v>92.742458</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>44196</v>
       </c>
       <c r="E34" s="3">
         <v>2020</v>
       </c>
       <c r="F34">
         <v>91.974683</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
         <v>44196</v>
       </c>
       <c r="E35" s="3">
         <v>2020</v>
       </c>
       <c r="F35">
         <v>64.9112</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>44561</v>
       </c>
       <c r="E36" s="3">
         <v>2021</v>
       </c>
       <c r="F36">
-        <v>92.7647</v>
+        <v>93.162555</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D37" s="2">
         <v>44561</v>
       </c>
       <c r="E37" s="3">
         <v>2021</v>
       </c>
       <c r="F37">
-        <v>93.162555</v>
+        <v>92.7647</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D38" s="2">
         <v>44926</v>
       </c>
       <c r="E38" s="3">
         <v>2022</v>
       </c>
       <c r="F38">
-        <v>90.288579</v>
+        <v>94.5651</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
         <v>44926</v>
       </c>
       <c r="E39" s="3">
         <v>2022</v>
       </c>
       <c r="F39">
-        <v>94.5651</v>
+        <v>90.288579</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
         <v>45291</v>
       </c>
       <c r="E40" s="3">
         <v>2023</v>
       </c>
       <c r="F40">
         <v>96.3177</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>