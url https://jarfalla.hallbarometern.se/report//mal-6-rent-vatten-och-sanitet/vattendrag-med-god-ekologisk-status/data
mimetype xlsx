--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -38,54 +38,54 @@
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Vattendrag med god ekologisk status</t>
   </si>
   <si>
     <t>GM.6.3</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
+    <t>Järfälla</t>
+  </si>
+  <si>
     <t>Stockholms läns kommuner (ovägt medel)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Järfälla</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -504,142 +504,142 @@
       </c>
       <c r="E4" s="3">
         <v>2022</v>
       </c>
       <c r="F4">
         <v>7.110833</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>42735</v>
       </c>
       <c r="E5" s="3">
         <v>2016</v>
       </c>
       <c r="F5">
-        <v>16.210526</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2">
         <v>42735</v>
       </c>
       <c r="E6" s="3">
         <v>2016</v>
       </c>
       <c r="F6">
-        <v>50</v>
+        <v>16.210526</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="2">
         <v>44561</v>
       </c>
       <c r="E7" s="3">
         <v>2021</v>
       </c>
       <c r="F7">
-        <v>11.290650</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2">
         <v>44561</v>
       </c>
       <c r="E8" s="3">
         <v>2021</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>11.290650</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D9" s="2">
         <v>44926</v>
       </c>
       <c r="E9" s="3">
         <v>2022</v>
       </c>
       <c r="F9">
         <v>11.291</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>44926</v>
       </c>
       <c r="E10" s="3">
         <v>2022</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2">
         <v>42735</v>
       </c>
       <c r="E11" s="3">