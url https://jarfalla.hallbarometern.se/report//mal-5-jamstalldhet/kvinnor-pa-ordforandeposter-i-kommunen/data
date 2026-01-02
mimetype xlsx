--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -755,80 +755,80 @@
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
         <v>43465</v>
       </c>
       <c r="E17" s="3">
         <v>2018</v>
       </c>
       <c r="F17">
         <v>33.333333</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>44926</v>
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
-        <v>37.936578</v>
+        <v>30.769231</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D19" s="2">
         <v>44926</v>
       </c>
       <c r="E19" s="3">
         <v>2022</v>
       </c>
       <c r="F19">
-        <v>30.769231</v>
+        <v>37.936578</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2">
         <v>37621</v>
       </c>
       <c r="E20" s="3">
         <v>2002</v>
       </c>
       <c r="F20">
         <v>28.790728</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>