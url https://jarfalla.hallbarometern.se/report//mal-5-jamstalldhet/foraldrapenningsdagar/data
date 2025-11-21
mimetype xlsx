--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1515,80 +1515,80 @@
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2">
         <v>37256</v>
       </c>
       <c r="E55" s="3">
         <v>2001</v>
       </c>
       <c r="F55">
         <v>13.831084</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>37621</v>
       </c>
       <c r="E56" s="3">
         <v>2002</v>
       </c>
       <c r="F56">
-        <v>16.434566</v>
+        <v>15.885299</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D57" s="2">
         <v>37621</v>
       </c>
       <c r="E57" s="3">
         <v>2002</v>
       </c>
       <c r="F57">
-        <v>15.885299</v>
+        <v>16.434566</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
         <v>37986</v>
       </c>
       <c r="E58" s="3">
         <v>2003</v>
       </c>
       <c r="F58">
         <v>17.730390</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
@@ -1635,80 +1635,80 @@
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="2">
         <v>38352</v>
       </c>
       <c r="E61" s="3">
         <v>2004</v>
       </c>
       <c r="F61">
         <v>19.808525</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D62" s="2">
         <v>38717</v>
       </c>
       <c r="E62" s="3">
         <v>2005</v>
       </c>
       <c r="F62">
-        <v>20.966244</v>
+        <v>20.343262</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D63" s="2">
         <v>38717</v>
       </c>
       <c r="E63" s="3">
         <v>2005</v>
       </c>
       <c r="F63">
-        <v>20.343262</v>
+        <v>20.966244</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" s="2">
         <v>39082</v>
       </c>
       <c r="E64" s="3">
         <v>2006</v>
       </c>
       <c r="F64">
         <v>22.002528</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
@@ -2035,280 +2035,280 @@
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" s="2">
         <v>42004</v>
       </c>
       <c r="E81" s="3">
         <v>2014</v>
       </c>
       <c r="F81">
         <v>26.640922</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D82" s="2">
         <v>42369</v>
       </c>
       <c r="E82" s="3">
         <v>2015</v>
       </c>
       <c r="F82">
-        <v>26.819565</v>
+        <v>27.654466</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D83" s="2">
         <v>42369</v>
       </c>
       <c r="E83" s="3">
         <v>2015</v>
       </c>
       <c r="F83">
-        <v>27.654466</v>
+        <v>26.819565</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D84" s="2">
         <v>42735</v>
       </c>
       <c r="E84" s="3">
         <v>2016</v>
       </c>
       <c r="F84">
-        <v>28.258523</v>
+        <v>26.292390</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D85" s="2">
         <v>42735</v>
       </c>
       <c r="E85" s="3">
         <v>2016</v>
       </c>
       <c r="F85">
-        <v>26.292390</v>
+        <v>28.258523</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D86" s="2">
         <v>43100</v>
       </c>
       <c r="E86" s="3">
         <v>2017</v>
       </c>
       <c r="F86">
-        <v>29.271899</v>
+        <v>28.052051</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D87" s="2">
         <v>43100</v>
       </c>
       <c r="E87" s="3">
         <v>2017</v>
       </c>
       <c r="F87">
-        <v>28.052051</v>
+        <v>29.271899</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D88" s="2">
         <v>43465</v>
       </c>
       <c r="E88" s="3">
         <v>2018</v>
       </c>
       <c r="F88">
-        <v>29</v>
+        <v>30.680769</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D89" s="2">
         <v>43465</v>
       </c>
       <c r="E89" s="3">
         <v>2018</v>
       </c>
       <c r="F89">
-        <v>30.680769</v>
+        <v>29</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D90" s="2">
         <v>43830</v>
       </c>
       <c r="E90" s="3">
         <v>2019</v>
       </c>
       <c r="F90">
-        <v>30.3</v>
+        <v>31.230769</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D91" s="2">
         <v>43830</v>
       </c>
       <c r="E91" s="3">
         <v>2019</v>
       </c>
       <c r="F91">
-        <v>31.230769</v>
+        <v>30.3</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D92" s="2">
         <v>44196</v>
       </c>
       <c r="E92" s="3">
         <v>2020</v>
       </c>
       <c r="F92">
-        <v>31.204551</v>
+        <v>30.754786</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D93" s="2">
         <v>44196</v>
       </c>
       <c r="E93" s="3">
         <v>2020</v>
       </c>
       <c r="F93">
-        <v>30.754786</v>
+        <v>31.204551</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" s="2">
         <v>44561</v>
       </c>
       <c r="E94" s="3">
         <v>2021</v>
       </c>
       <c r="F94">
         <v>30.966307</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>