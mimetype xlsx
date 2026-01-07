--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1475,480 +1475,480 @@
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
         <v>36891</v>
       </c>
       <c r="E53" s="3">
         <v>2000</v>
       </c>
       <c r="F53">
         <v>13.594938</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D54" s="2">
         <v>37256</v>
       </c>
       <c r="E54" s="3">
         <v>2001</v>
       </c>
       <c r="F54">
-        <v>14.509276</v>
+        <v>13.831084</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D55" s="2">
         <v>37256</v>
       </c>
       <c r="E55" s="3">
         <v>2001</v>
       </c>
       <c r="F55">
-        <v>13.831084</v>
+        <v>14.509276</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D56" s="2">
         <v>37621</v>
       </c>
       <c r="E56" s="3">
         <v>2002</v>
       </c>
       <c r="F56">
-        <v>15.885299</v>
+        <v>16.434566</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D57" s="2">
         <v>37621</v>
       </c>
       <c r="E57" s="3">
         <v>2002</v>
       </c>
       <c r="F57">
-        <v>16.434566</v>
+        <v>15.885299</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
         <v>37986</v>
       </c>
       <c r="E58" s="3">
         <v>2003</v>
       </c>
       <c r="F58">
         <v>17.730390</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="2">
         <v>37986</v>
       </c>
       <c r="E59" s="3">
         <v>2003</v>
       </c>
       <c r="F59">
         <v>17.785413</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D60" s="2">
         <v>38352</v>
       </c>
       <c r="E60" s="3">
         <v>2004</v>
       </c>
       <c r="F60">
-        <v>19.385626</v>
+        <v>19.808525</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D61" s="2">
         <v>38352</v>
       </c>
       <c r="E61" s="3">
         <v>2004</v>
       </c>
       <c r="F61">
-        <v>19.808525</v>
+        <v>19.385626</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2">
         <v>38717</v>
       </c>
       <c r="E62" s="3">
         <v>2005</v>
       </c>
       <c r="F62">
-        <v>20.343262</v>
+        <v>20.966244</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D63" s="2">
         <v>38717</v>
       </c>
       <c r="E63" s="3">
         <v>2005</v>
       </c>
       <c r="F63">
-        <v>20.966244</v>
+        <v>20.343262</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" s="2">
         <v>39082</v>
       </c>
       <c r="E64" s="3">
         <v>2006</v>
       </c>
       <c r="F64">
         <v>22.002528</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2">
         <v>39082</v>
       </c>
       <c r="E65" s="3">
         <v>2006</v>
       </c>
       <c r="F65">
         <v>21.714062</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D66" s="2">
         <v>39447</v>
       </c>
       <c r="E66" s="3">
         <v>2007</v>
       </c>
       <c r="F66">
-        <v>22.168304</v>
+        <v>22.162352</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D67" s="2">
         <v>39447</v>
       </c>
       <c r="E67" s="3">
         <v>2007</v>
       </c>
       <c r="F67">
-        <v>22.162352</v>
+        <v>22.168304</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D68" s="2">
         <v>39813</v>
       </c>
       <c r="E68" s="3">
         <v>2008</v>
       </c>
       <c r="F68">
-        <v>22.632572</v>
+        <v>23.519982</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>39813</v>
       </c>
       <c r="E69" s="3">
         <v>2008</v>
       </c>
       <c r="F69">
-        <v>23.519982</v>
+        <v>22.632572</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D70" s="2">
         <v>40178</v>
       </c>
       <c r="E70" s="3">
         <v>2009</v>
       </c>
       <c r="F70">
-        <v>23.306709</v>
+        <v>23.467250</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D71" s="2">
         <v>40178</v>
       </c>
       <c r="E71" s="3">
         <v>2009</v>
       </c>
       <c r="F71">
-        <v>23.467250</v>
+        <v>23.306709</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D72" s="2">
         <v>40543</v>
       </c>
       <c r="E72" s="3">
         <v>2010</v>
       </c>
       <c r="F72">
-        <v>25.297787</v>
+        <v>24.477753</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D73" s="2">
         <v>40543</v>
       </c>
       <c r="E73" s="3">
         <v>2010</v>
       </c>
       <c r="F73">
-        <v>24.477753</v>
+        <v>25.297787</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D74" s="2">
         <v>40908</v>
       </c>
       <c r="E74" s="3">
         <v>2011</v>
       </c>
       <c r="F74">
-        <v>25.090420</v>
+        <v>25.463569</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D75" s="2">
         <v>40908</v>
       </c>
       <c r="E75" s="3">
         <v>2011</v>
       </c>
       <c r="F75">
-        <v>25.463569</v>
+        <v>25.090420</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="2">
         <v>41274</v>
       </c>
       <c r="E76" s="3">
         <v>2012</v>
       </c>
       <c r="F76">
         <v>26.207428</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
@@ -2035,80 +2035,80 @@
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" s="2">
         <v>42004</v>
       </c>
       <c r="E81" s="3">
         <v>2014</v>
       </c>
       <c r="F81">
         <v>26.640922</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D82" s="2">
         <v>42369</v>
       </c>
       <c r="E82" s="3">
         <v>2015</v>
       </c>
       <c r="F82">
-        <v>27.654466</v>
+        <v>26.819565</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D83" s="2">
         <v>42369</v>
       </c>
       <c r="E83" s="3">
         <v>2015</v>
       </c>
       <c r="F83">
-        <v>26.819565</v>
+        <v>27.654466</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" s="2">
         <v>42735</v>
       </c>
       <c r="E84" s="3">
         <v>2016</v>
       </c>
       <c r="F84">
         <v>26.292390</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
@@ -2275,160 +2275,160 @@
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" s="2">
         <v>44196</v>
       </c>
       <c r="E93" s="3">
         <v>2020</v>
       </c>
       <c r="F93">
         <v>31.204551</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D94" s="2">
         <v>44561</v>
       </c>
       <c r="E94" s="3">
         <v>2021</v>
       </c>
       <c r="F94">
-        <v>30.966307</v>
+        <v>29.277084</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D95" s="2">
         <v>44561</v>
       </c>
       <c r="E95" s="3">
         <v>2021</v>
       </c>
       <c r="F95">
-        <v>29.277084</v>
+        <v>30.966307</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D96" s="2">
         <v>44926</v>
       </c>
       <c r="E96" s="3">
         <v>2022</v>
       </c>
       <c r="F96">
-        <v>31.276923</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D97" s="2">
         <v>44926</v>
       </c>
       <c r="E97" s="3">
         <v>2022</v>
       </c>
       <c r="F97">
-        <v>28.6</v>
+        <v>31.276923</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D98" s="2">
         <v>45291</v>
       </c>
       <c r="E98" s="3">
         <v>2023</v>
       </c>
       <c r="F98">
-        <v>30.1</v>
+        <v>31.573077</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D99" s="2">
         <v>45291</v>
       </c>
       <c r="E99" s="3">
         <v>2023</v>
       </c>
       <c r="F99">
-        <v>31.573077</v>
+        <v>30.1</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="2">
         <v>45657</v>
       </c>
       <c r="E100" s="3">
         <v>2024</v>
       </c>
       <c r="F100">
         <v>30.538462</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>