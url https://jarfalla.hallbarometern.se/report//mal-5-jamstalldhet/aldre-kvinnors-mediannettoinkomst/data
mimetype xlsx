--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -1435,320 +1435,320 @@
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
         <v>36891</v>
       </c>
       <c r="E51" s="3">
         <v>2000</v>
       </c>
       <c r="F51">
         <v>72.943113</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D52" s="2">
         <v>37256</v>
       </c>
       <c r="E52" s="3">
         <v>2001</v>
       </c>
       <c r="F52">
-        <v>74.040981</v>
+        <v>70.887818</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D53" s="2">
         <v>37256</v>
       </c>
       <c r="E53" s="3">
         <v>2001</v>
       </c>
       <c r="F53">
-        <v>70.887818</v>
+        <v>74.040981</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D54" s="2">
         <v>37621</v>
       </c>
       <c r="E54" s="3">
         <v>2002</v>
       </c>
       <c r="F54">
-        <v>74.765311</v>
+        <v>71.268164</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D55" s="2">
         <v>37621</v>
       </c>
       <c r="E55" s="3">
         <v>2002</v>
       </c>
       <c r="F55">
-        <v>71.268164</v>
+        <v>74.765311</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>37986</v>
       </c>
       <c r="E56" s="3">
         <v>2003</v>
       </c>
       <c r="F56">
-        <v>76.013091</v>
+        <v>73.515982</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D57" s="2">
         <v>37986</v>
       </c>
       <c r="E57" s="3">
         <v>2003</v>
       </c>
       <c r="F57">
-        <v>73.515982</v>
+        <v>76.013091</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2">
         <v>38352</v>
       </c>
       <c r="E58" s="3">
         <v>2004</v>
       </c>
       <c r="F58">
         <v>73.859987</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
         <v>38352</v>
       </c>
       <c r="E59" s="3">
         <v>2004</v>
       </c>
       <c r="F59">
         <v>76.483049</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D60" s="2">
         <v>38717</v>
       </c>
       <c r="E60" s="3">
         <v>2005</v>
       </c>
       <c r="F60">
-        <v>76.110162</v>
+        <v>74.032459</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D61" s="2">
         <v>38717</v>
       </c>
       <c r="E61" s="3">
         <v>2005</v>
       </c>
       <c r="F61">
-        <v>74.032459</v>
+        <v>76.110162</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2">
         <v>39082</v>
       </c>
       <c r="E62" s="3">
         <v>2006</v>
       </c>
       <c r="F62">
-        <v>73.684211</v>
+        <v>75.616790</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D63" s="2">
         <v>39082</v>
       </c>
       <c r="E63" s="3">
         <v>2006</v>
       </c>
       <c r="F63">
-        <v>75.616790</v>
+        <v>73.684211</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D64" s="2">
         <v>39447</v>
       </c>
       <c r="E64" s="3">
         <v>2007</v>
       </c>
       <c r="F64">
-        <v>72.219117</v>
+        <v>74.290282</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D65" s="2">
         <v>39447</v>
       </c>
       <c r="E65" s="3">
         <v>2007</v>
       </c>
       <c r="F65">
-        <v>74.290282</v>
+        <v>72.219117</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" s="2">
         <v>39813</v>
       </c>
       <c r="E66" s="3">
         <v>2008</v>
       </c>
       <c r="F66">
         <v>74.324291</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
@@ -1795,200 +1795,200 @@
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="2">
         <v>40178</v>
       </c>
       <c r="E69" s="3">
         <v>2009</v>
       </c>
       <c r="F69">
         <v>73.969226</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D70" s="2">
         <v>40543</v>
       </c>
       <c r="E70" s="3">
         <v>2010</v>
       </c>
       <c r="F70">
-        <v>72.386895</v>
+        <v>73.957061</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D71" s="2">
         <v>40543</v>
       </c>
       <c r="E71" s="3">
         <v>2010</v>
       </c>
       <c r="F71">
-        <v>73.957061</v>
+        <v>72.386895</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D72" s="2">
         <v>40908</v>
       </c>
       <c r="E72" s="3">
         <v>2011</v>
       </c>
       <c r="F72">
-        <v>74.841364</v>
+        <v>73.721163</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D73" s="2">
         <v>40908</v>
       </c>
       <c r="E73" s="3">
         <v>2011</v>
       </c>
       <c r="F73">
-        <v>73.721163</v>
+        <v>74.841364</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D74" s="2">
         <v>41274</v>
       </c>
       <c r="E74" s="3">
         <v>2012</v>
       </c>
       <c r="F74">
-        <v>75.025469</v>
+        <v>73.75717</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D75" s="2">
         <v>41274</v>
       </c>
       <c r="E75" s="3">
         <v>2012</v>
       </c>
       <c r="F75">
-        <v>73.75717</v>
+        <v>75.025469</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D76" s="2">
         <v>41639</v>
       </c>
       <c r="E76" s="3">
         <v>2013</v>
       </c>
       <c r="F76">
-        <v>74.846650</v>
+        <v>73.917094</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D77" s="2">
         <v>41639</v>
       </c>
       <c r="E77" s="3">
         <v>2013</v>
       </c>
       <c r="F77">
-        <v>73.917094</v>
+        <v>74.846650</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" s="2">
         <v>42004</v>
       </c>
       <c r="E78" s="3">
         <v>2014</v>
       </c>
       <c r="F78">
         <v>73.611111</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
@@ -2035,160 +2035,160 @@
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="2">
         <v>42369</v>
       </c>
       <c r="E81" s="3">
         <v>2015</v>
       </c>
       <c r="F81">
         <v>74.776027</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D82" s="2">
         <v>42735</v>
       </c>
       <c r="E82" s="3">
         <v>2016</v>
       </c>
       <c r="F82">
-        <v>74.477748</v>
+        <v>75.189515</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D83" s="2">
         <v>42735</v>
       </c>
       <c r="E83" s="3">
         <v>2016</v>
       </c>
       <c r="F83">
-        <v>75.189515</v>
+        <v>74.477748</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" s="2">
         <v>43100</v>
       </c>
       <c r="E84" s="3">
         <v>2017</v>
       </c>
       <c r="F84">
         <v>74.788041</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" s="2">
         <v>43100</v>
       </c>
       <c r="E85" s="3">
         <v>2017</v>
       </c>
       <c r="F85">
         <v>74.883424</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D86" s="2">
         <v>43465</v>
       </c>
       <c r="E86" s="3">
         <v>2018</v>
       </c>
       <c r="F86">
-        <v>76.022628</v>
+        <v>76.169708</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D87" s="2">
         <v>43465</v>
       </c>
       <c r="E87" s="3">
         <v>2018</v>
       </c>
       <c r="F87">
-        <v>76.169708</v>
+        <v>76.022628</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" s="2">
         <v>43830</v>
       </c>
       <c r="E88" s="3">
         <v>2019</v>
       </c>
       <c r="F88">
         <v>75.752204</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
@@ -2235,120 +2235,120 @@
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" s="2">
         <v>44196</v>
       </c>
       <c r="E91" s="3">
         <v>2020</v>
       </c>
       <c r="F91">
         <v>74.98975</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D92" s="2">
         <v>44561</v>
       </c>
       <c r="E92" s="3">
         <v>2021</v>
       </c>
       <c r="F92">
-        <v>74.434299</v>
+        <v>74.526544</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D93" s="2">
         <v>44561</v>
       </c>
       <c r="E93" s="3">
         <v>2021</v>
       </c>
       <c r="F93">
-        <v>74.526544</v>
+        <v>74.434299</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D94" s="2">
         <v>44926</v>
       </c>
       <c r="E94" s="3">
         <v>2022</v>
       </c>
       <c r="F94">
-        <v>76.010462</v>
+        <v>75.592328</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D95" s="2">
         <v>44926</v>
       </c>
       <c r="E95" s="3">
         <v>2022</v>
       </c>
       <c r="F95">
-        <v>75.592328</v>
+        <v>76.010462</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" s="2">
         <v>45291</v>
       </c>
       <c r="E96" s="3">
         <v>2023</v>
       </c>
       <c r="F96">
         <v>77.233417</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>