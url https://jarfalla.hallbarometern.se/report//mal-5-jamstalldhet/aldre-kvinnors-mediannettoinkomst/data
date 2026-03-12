--- v1 (2026-01-07)
+++ v2 (2026-03-12)
@@ -41,54 +41,54 @@
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Äldre kvinnors mediannettoinkomst</t>
   </si>
   <si>
     <t>GM.5.5</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
-    <t>Järfälla</t>
+    <t>Stockholms läns kommuner (ovägt medel)</t>
   </si>
   <si>
-    <t>Stockholms läns kommuner (ovägt medel)</t>
+    <t>Järfälla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1404,991 +1404,991 @@
       </c>
       <c r="E49" s="3">
         <v>2023</v>
       </c>
       <c r="F49">
         <v>77.059502</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2">
         <v>36891</v>
       </c>
       <c r="E50" s="3">
         <v>2000</v>
       </c>
       <c r="F50">
-        <v>69.14524</v>
+        <v>72.943113</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
         <v>36891</v>
       </c>
       <c r="E51" s="3">
         <v>2000</v>
       </c>
       <c r="F51">
-        <v>72.943113</v>
+        <v>69.14524</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2">
         <v>37256</v>
       </c>
       <c r="E52" s="3">
         <v>2001</v>
       </c>
       <c r="F52">
-        <v>70.887818</v>
+        <v>74.040981</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
         <v>37256</v>
       </c>
       <c r="E53" s="3">
         <v>2001</v>
       </c>
       <c r="F53">
-        <v>74.040981</v>
+        <v>70.887818</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D54" s="2">
         <v>37621</v>
       </c>
       <c r="E54" s="3">
         <v>2002</v>
       </c>
       <c r="F54">
         <v>71.268164</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D55" s="2">
         <v>37621</v>
       </c>
       <c r="E55" s="3">
         <v>2002</v>
       </c>
       <c r="F55">
         <v>74.765311</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>37986</v>
       </c>
       <c r="E56" s="3">
         <v>2003</v>
       </c>
       <c r="F56">
-        <v>73.515982</v>
+        <v>76.013091</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2">
         <v>37986</v>
       </c>
       <c r="E57" s="3">
         <v>2003</v>
       </c>
       <c r="F57">
-        <v>76.013091</v>
+        <v>73.515982</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2">
         <v>38352</v>
       </c>
       <c r="E58" s="3">
         <v>2004</v>
       </c>
       <c r="F58">
-        <v>73.859987</v>
+        <v>76.483049</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
         <v>38352</v>
       </c>
       <c r="E59" s="3">
         <v>2004</v>
       </c>
       <c r="F59">
-        <v>76.483049</v>
+        <v>73.859987</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D60" s="2">
         <v>38717</v>
       </c>
       <c r="E60" s="3">
         <v>2005</v>
       </c>
       <c r="F60">
         <v>74.032459</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D61" s="2">
         <v>38717</v>
       </c>
       <c r="E61" s="3">
         <v>2005</v>
       </c>
       <c r="F61">
         <v>76.110162</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" s="2">
         <v>39082</v>
       </c>
       <c r="E62" s="3">
         <v>2006</v>
       </c>
       <c r="F62">
-        <v>75.616790</v>
+        <v>73.684211</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2">
         <v>39082</v>
       </c>
       <c r="E63" s="3">
         <v>2006</v>
       </c>
       <c r="F63">
-        <v>73.684211</v>
+        <v>75.616790</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" s="2">
         <v>39447</v>
       </c>
       <c r="E64" s="3">
         <v>2007</v>
       </c>
       <c r="F64">
-        <v>74.290282</v>
+        <v>72.219117</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2">
         <v>39447</v>
       </c>
       <c r="E65" s="3">
         <v>2007</v>
       </c>
       <c r="F65">
-        <v>72.219117</v>
+        <v>74.290282</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D66" s="2">
         <v>39813</v>
       </c>
       <c r="E66" s="3">
         <v>2008</v>
       </c>
       <c r="F66">
         <v>74.324291</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D67" s="2">
         <v>39813</v>
       </c>
       <c r="E67" s="3">
         <v>2008</v>
       </c>
       <c r="F67">
         <v>72.786529</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D68" s="2">
         <v>40178</v>
       </c>
       <c r="E68" s="3">
         <v>2009</v>
       </c>
       <c r="F68">
         <v>72.698745</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>40178</v>
       </c>
       <c r="E69" s="3">
         <v>2009</v>
       </c>
       <c r="F69">
         <v>73.969226</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="2">
         <v>40543</v>
       </c>
       <c r="E70" s="3">
         <v>2010</v>
       </c>
       <c r="F70">
-        <v>73.957061</v>
+        <v>72.386895</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="2">
         <v>40543</v>
       </c>
       <c r="E71" s="3">
         <v>2010</v>
       </c>
       <c r="F71">
-        <v>72.386895</v>
+        <v>73.957061</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" s="2">
         <v>40908</v>
       </c>
       <c r="E72" s="3">
         <v>2011</v>
       </c>
       <c r="F72">
-        <v>73.721163</v>
+        <v>74.841364</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" s="2">
         <v>40908</v>
       </c>
       <c r="E73" s="3">
         <v>2011</v>
       </c>
       <c r="F73">
-        <v>74.841364</v>
+        <v>73.721163</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" s="2">
         <v>41274</v>
       </c>
       <c r="E74" s="3">
         <v>2012</v>
       </c>
       <c r="F74">
-        <v>73.75717</v>
+        <v>75.025469</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" s="2">
         <v>41274</v>
       </c>
       <c r="E75" s="3">
         <v>2012</v>
       </c>
       <c r="F75">
-        <v>75.025469</v>
+        <v>73.75717</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="2">
         <v>41639</v>
       </c>
       <c r="E76" s="3">
         <v>2013</v>
       </c>
       <c r="F76">
-        <v>73.917094</v>
+        <v>74.846650</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="2">
         <v>41639</v>
       </c>
       <c r="E77" s="3">
         <v>2013</v>
       </c>
       <c r="F77">
-        <v>74.846650</v>
+        <v>73.917094</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D78" s="2">
         <v>42004</v>
       </c>
       <c r="E78" s="3">
         <v>2014</v>
       </c>
       <c r="F78">
         <v>73.611111</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D79" s="2">
         <v>42004</v>
       </c>
       <c r="E79" s="3">
         <v>2014</v>
       </c>
       <c r="F79">
         <v>75.008875</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D80" s="2">
         <v>42369</v>
       </c>
       <c r="E80" s="3">
         <v>2015</v>
       </c>
       <c r="F80">
         <v>74.275196</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D81" s="2">
         <v>42369</v>
       </c>
       <c r="E81" s="3">
         <v>2015</v>
       </c>
       <c r="F81">
         <v>74.776027</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="2">
         <v>42735</v>
       </c>
       <c r="E82" s="3">
         <v>2016</v>
       </c>
       <c r="F82">
-        <v>75.189515</v>
+        <v>74.477748</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="2">
         <v>42735</v>
       </c>
       <c r="E83" s="3">
         <v>2016</v>
       </c>
       <c r="F83">
-        <v>74.477748</v>
+        <v>75.189515</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D84" s="2">
         <v>43100</v>
       </c>
       <c r="E84" s="3">
         <v>2017</v>
       </c>
       <c r="F84">
         <v>74.788041</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D85" s="2">
         <v>43100</v>
       </c>
       <c r="E85" s="3">
         <v>2017</v>
       </c>
       <c r="F85">
         <v>74.883424</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" s="2">
         <v>43465</v>
       </c>
       <c r="E86" s="3">
         <v>2018</v>
       </c>
       <c r="F86">
-        <v>76.169708</v>
+        <v>76.022628</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" s="2">
         <v>43465</v>
       </c>
       <c r="E87" s="3">
         <v>2018</v>
       </c>
       <c r="F87">
-        <v>76.022628</v>
+        <v>76.169708</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D88" s="2">
         <v>43830</v>
       </c>
       <c r="E88" s="3">
         <v>2019</v>
       </c>
       <c r="F88">
         <v>75.752204</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D89" s="2">
         <v>43830</v>
       </c>
       <c r="E89" s="3">
         <v>2019</v>
       </c>
       <c r="F89">
         <v>74.83165</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D90" s="2">
         <v>44196</v>
       </c>
       <c r="E90" s="3">
         <v>2020</v>
       </c>
       <c r="F90">
         <v>75.571249</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D91" s="2">
         <v>44196</v>
       </c>
       <c r="E91" s="3">
         <v>2020</v>
       </c>
       <c r="F91">
         <v>74.98975</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" s="2">
         <v>44561</v>
       </c>
       <c r="E92" s="3">
         <v>2021</v>
       </c>
       <c r="F92">
-        <v>74.526544</v>
+        <v>74.434299</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" s="2">
         <v>44561</v>
       </c>
       <c r="E93" s="3">
         <v>2021</v>
       </c>
       <c r="F93">
-        <v>74.434299</v>
+        <v>74.526544</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" s="2">
         <v>44926</v>
       </c>
       <c r="E94" s="3">
         <v>2022</v>
       </c>
       <c r="F94">
-        <v>75.592328</v>
+        <v>76.010462</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="2">
         <v>44926</v>
       </c>
       <c r="E95" s="3">
         <v>2022</v>
       </c>
       <c r="F95">
-        <v>76.010462</v>
+        <v>75.592328</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" s="2">
         <v>45291</v>
       </c>
       <c r="E96" s="3">
         <v>2023</v>
       </c>
       <c r="F96">
-        <v>77.233417</v>
+        <v>77.159641</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" s="2">
         <v>45291</v>
       </c>
       <c r="E97" s="3">
         <v>2023</v>
       </c>
       <c r="F97">
-        <v>77.159641</v>
+        <v>77.233417</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>