--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1755,80 +1755,80 @@
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" s="2">
         <v>39447</v>
       </c>
       <c r="E67" s="3">
         <v>2007</v>
       </c>
       <c r="F67">
         <v>81.269611</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D68" s="2">
         <v>39813</v>
       </c>
       <c r="E68" s="3">
         <v>2008</v>
       </c>
       <c r="F68">
-        <v>82.244699</v>
+        <v>83.726911</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>39813</v>
       </c>
       <c r="E69" s="3">
         <v>2008</v>
       </c>
       <c r="F69">
-        <v>83.726911</v>
+        <v>82.244699</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="2">
         <v>40178</v>
       </c>
       <c r="E70" s="3">
         <v>2009</v>
       </c>
       <c r="F70">
         <v>83.119435</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
@@ -1915,80 +1915,80 @@
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="2">
         <v>40908</v>
       </c>
       <c r="E75" s="3">
         <v>2011</v>
       </c>
       <c r="F75">
         <v>84.017165</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D76" s="2">
         <v>41274</v>
       </c>
       <c r="E76" s="3">
         <v>2012</v>
       </c>
       <c r="F76">
-        <v>84.187206</v>
+        <v>86.002215</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D77" s="2">
         <v>41274</v>
       </c>
       <c r="E77" s="3">
         <v>2012</v>
       </c>
       <c r="F77">
-        <v>86.002215</v>
+        <v>84.187206</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="2">
         <v>41639</v>
       </c>
       <c r="E78" s="3">
         <v>2013</v>
       </c>
       <c r="F78">
         <v>85.398424</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
@@ -2035,440 +2035,440 @@
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="2">
         <v>42004</v>
       </c>
       <c r="E81" s="3">
         <v>2014</v>
       </c>
       <c r="F81">
         <v>84.520519</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D82" s="2">
         <v>42369</v>
       </c>
       <c r="E82" s="3">
         <v>2015</v>
       </c>
       <c r="F82">
-        <v>83.667024</v>
+        <v>83.863541</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D83" s="2">
         <v>42369</v>
       </c>
       <c r="E83" s="3">
         <v>2015</v>
       </c>
       <c r="F83">
-        <v>83.863541</v>
+        <v>83.667024</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D84" s="2">
         <v>42735</v>
       </c>
       <c r="E84" s="3">
         <v>2016</v>
       </c>
       <c r="F84">
-        <v>84.101367</v>
+        <v>83.601485</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D85" s="2">
         <v>42735</v>
       </c>
       <c r="E85" s="3">
         <v>2016</v>
       </c>
       <c r="F85">
-        <v>83.601485</v>
+        <v>84.101367</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D86" s="2">
         <v>43100</v>
       </c>
       <c r="E86" s="3">
         <v>2017</v>
       </c>
       <c r="F86">
-        <v>84.066704</v>
+        <v>83.877389</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D87" s="2">
         <v>43100</v>
       </c>
       <c r="E87" s="3">
         <v>2017</v>
       </c>
       <c r="F87">
-        <v>83.877389</v>
+        <v>84.066704</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D88" s="2">
         <v>43465</v>
       </c>
       <c r="E88" s="3">
         <v>2018</v>
       </c>
       <c r="F88">
-        <v>83.100478</v>
+        <v>84.666088</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D89" s="2">
         <v>43465</v>
       </c>
       <c r="E89" s="3">
         <v>2018</v>
       </c>
       <c r="F89">
-        <v>84.666088</v>
+        <v>83.100478</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D90" s="2">
         <v>43830</v>
       </c>
       <c r="E90" s="3">
         <v>2019</v>
       </c>
       <c r="F90">
-        <v>83.078394</v>
+        <v>84.706721</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D91" s="2">
         <v>43830</v>
       </c>
       <c r="E91" s="3">
         <v>2019</v>
       </c>
       <c r="F91">
-        <v>84.706721</v>
+        <v>83.078394</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D92" s="2">
         <v>44196</v>
       </c>
       <c r="E92" s="3">
         <v>2020</v>
       </c>
       <c r="F92">
-        <v>81.552306</v>
+        <v>85.110534</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D93" s="2">
         <v>44196</v>
       </c>
       <c r="E93" s="3">
         <v>2020</v>
       </c>
       <c r="F93">
-        <v>85.110534</v>
+        <v>81.552306</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" s="2">
         <v>44561</v>
       </c>
       <c r="E94" s="3">
         <v>2021</v>
       </c>
       <c r="F94">
         <v>85.263775</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="2">
         <v>44561</v>
       </c>
       <c r="E95" s="3">
         <v>2021</v>
       </c>
       <c r="F95">
         <v>84.579175</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D96" s="2">
         <v>44926</v>
       </c>
       <c r="E96" s="3">
         <v>2022</v>
       </c>
       <c r="F96">
-        <v>84.151156</v>
+        <v>85.103526</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D97" s="2">
         <v>44926</v>
       </c>
       <c r="E97" s="3">
         <v>2022</v>
       </c>
       <c r="F97">
-        <v>85.103526</v>
+        <v>84.151156</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D98" s="2">
         <v>45291</v>
       </c>
       <c r="E98" s="3">
         <v>2023</v>
       </c>
       <c r="F98">
-        <v>86.650855</v>
+        <v>84.223346</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D99" s="2">
         <v>45291</v>
       </c>
       <c r="E99" s="3">
         <v>2023</v>
       </c>
       <c r="F99">
-        <v>84.223346</v>
+        <v>86.650855</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D100" s="2">
         <v>45657</v>
       </c>
       <c r="E100" s="3">
         <v>2024</v>
       </c>
       <c r="F100">
-        <v>86.334585</v>
+        <v>83.45679</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D101" s="2">
         <v>45657</v>
       </c>
       <c r="E101" s="3">
         <v>2024</v>
       </c>
       <c r="F101">
-        <v>83.45679</v>
+        <v>86.334585</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>