--- v0 (2025-10-04)
+++ v1 (2026-02-20)
@@ -975,80 +975,80 @@
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
         <v>36891</v>
       </c>
       <c r="E28" s="3">
         <v>2000</v>
       </c>
       <c r="F28">
         <v>82.1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D29" s="2">
         <v>37256</v>
       </c>
       <c r="E29" s="3">
         <v>2001</v>
       </c>
       <c r="F29">
-        <v>82.5</v>
+        <v>82.230769</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D30" s="2">
         <v>37256</v>
       </c>
       <c r="E30" s="3">
         <v>2001</v>
       </c>
       <c r="F30">
-        <v>82.230769</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
         <v>37621</v>
       </c>
       <c r="E31" s="3">
         <v>2002</v>
       </c>
       <c r="F31">
         <v>82.6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
@@ -1095,560 +1095,560 @@
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
         <v>37986</v>
       </c>
       <c r="E34" s="3">
         <v>2003</v>
       </c>
       <c r="F34">
         <v>82.484615</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D35" s="2">
         <v>38352</v>
       </c>
       <c r="E35" s="3">
         <v>2004</v>
       </c>
       <c r="F35">
-        <v>82.711538</v>
+        <v>83</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D36" s="2">
         <v>38352</v>
       </c>
       <c r="E36" s="3">
         <v>2004</v>
       </c>
       <c r="F36">
-        <v>83</v>
+        <v>82.711538</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D37" s="2">
         <v>38717</v>
       </c>
       <c r="E37" s="3">
         <v>2005</v>
       </c>
       <c r="F37">
-        <v>83.030769</v>
+        <v>83.4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D38" s="2">
         <v>38717</v>
       </c>
       <c r="E38" s="3">
         <v>2005</v>
       </c>
       <c r="F38">
-        <v>83.4</v>
+        <v>83.030769</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D39" s="2">
         <v>39082</v>
       </c>
       <c r="E39" s="3">
         <v>2006</v>
       </c>
       <c r="F39">
-        <v>83.6</v>
+        <v>83.330769</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D40" s="2">
         <v>39082</v>
       </c>
       <c r="E40" s="3">
         <v>2006</v>
       </c>
       <c r="F40">
-        <v>83.330769</v>
+        <v>83.6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>39447</v>
       </c>
       <c r="E41" s="3">
         <v>2007</v>
       </c>
       <c r="F41">
-        <v>83.411538</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D42" s="2">
         <v>39447</v>
       </c>
       <c r="E42" s="3">
         <v>2007</v>
       </c>
       <c r="F42">
-        <v>84</v>
+        <v>83.411538</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D43" s="2">
         <v>39813</v>
       </c>
       <c r="E43" s="3">
         <v>2008</v>
       </c>
       <c r="F43">
-        <v>83.526923</v>
+        <v>84.3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D44" s="2">
         <v>39813</v>
       </c>
       <c r="E44" s="3">
         <v>2008</v>
       </c>
       <c r="F44">
-        <v>84.3</v>
+        <v>83.526923</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>40178</v>
       </c>
       <c r="E45" s="3">
         <v>2009</v>
       </c>
       <c r="F45">
         <v>84.6</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="2">
         <v>40178</v>
       </c>
       <c r="E46" s="3">
         <v>2009</v>
       </c>
       <c r="F46">
         <v>83.776923</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D47" s="2">
         <v>40543</v>
       </c>
       <c r="E47" s="3">
         <v>2010</v>
       </c>
       <c r="F47">
-        <v>83.753846</v>
+        <v>84.4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D48" s="2">
         <v>40543</v>
       </c>
       <c r="E48" s="3">
         <v>2010</v>
       </c>
       <c r="F48">
-        <v>84.4</v>
+        <v>83.753846</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D49" s="2">
         <v>40908</v>
       </c>
       <c r="E49" s="3">
         <v>2011</v>
       </c>
       <c r="F49">
-        <v>83.830769</v>
+        <v>84.5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D50" s="2">
         <v>40908</v>
       </c>
       <c r="E50" s="3">
         <v>2011</v>
       </c>
       <c r="F50">
-        <v>84.5</v>
+        <v>83.830769</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D51" s="2">
         <v>41274</v>
       </c>
       <c r="E51" s="3">
         <v>2012</v>
       </c>
       <c r="F51">
-        <v>84.5</v>
+        <v>84.007692</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D52" s="2">
         <v>41274</v>
       </c>
       <c r="E52" s="3">
         <v>2012</v>
       </c>
       <c r="F52">
-        <v>84.007692</v>
+        <v>84.5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D53" s="2">
         <v>41639</v>
       </c>
       <c r="E53" s="3">
         <v>2013</v>
       </c>
       <c r="F53">
-        <v>84.6</v>
+        <v>84.145</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D54" s="2">
         <v>41639</v>
       </c>
       <c r="E54" s="3">
         <v>2013</v>
       </c>
       <c r="F54">
-        <v>84.145</v>
+        <v>84.6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
         <v>42004</v>
       </c>
       <c r="E55" s="3">
         <v>2014</v>
       </c>
       <c r="F55">
         <v>84.151923</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>42004</v>
       </c>
       <c r="E56" s="3">
         <v>2014</v>
       </c>
       <c r="F56">
         <v>84.68</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D57" s="2">
         <v>42369</v>
       </c>
       <c r="E57" s="3">
         <v>2015</v>
       </c>
       <c r="F57">
-        <v>84.277308</v>
+        <v>84.94</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D58" s="2">
         <v>42369</v>
       </c>
       <c r="E58" s="3">
         <v>2015</v>
       </c>
       <c r="F58">
-        <v>84.94</v>
+        <v>84.277308</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D59" s="2">
         <v>42735</v>
       </c>
       <c r="E59" s="3">
         <v>2016</v>
       </c>
       <c r="F59">
-        <v>84.95</v>
+        <v>84.396154</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D60" s="2">
         <v>42735</v>
       </c>
       <c r="E60" s="3">
         <v>2016</v>
       </c>
       <c r="F60">
-        <v>84.396154</v>
+        <v>84.95</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2">
         <v>43100</v>
       </c>
       <c r="E61" s="3">
         <v>2017</v>
       </c>
       <c r="F61">
         <v>84.75</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
@@ -1735,240 +1735,240 @@
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="2">
         <v>43830</v>
       </c>
       <c r="E66" s="3">
         <v>2019</v>
       </c>
       <c r="F66">
         <v>84.82</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D67" s="2">
         <v>44196</v>
       </c>
       <c r="E67" s="3">
         <v>2020</v>
       </c>
       <c r="F67">
-        <v>84.68</v>
+        <v>84.881923</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D68" s="2">
         <v>44196</v>
       </c>
       <c r="E68" s="3">
         <v>2020</v>
       </c>
       <c r="F68">
-        <v>84.881923</v>
+        <v>84.68</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>44561</v>
       </c>
       <c r="E69" s="3">
         <v>2021</v>
       </c>
       <c r="F69">
-        <v>85.060385</v>
+        <v>85.06</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D70" s="2">
         <v>44561</v>
       </c>
       <c r="E70" s="3">
         <v>2021</v>
       </c>
       <c r="F70">
-        <v>85.06</v>
+        <v>85.060385</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="2">
         <v>44926</v>
       </c>
       <c r="E71" s="3">
         <v>2022</v>
       </c>
       <c r="F71">
         <v>85.265769</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" s="2">
         <v>44926</v>
       </c>
       <c r="E72" s="3">
         <v>2022</v>
       </c>
       <c r="F72">
         <v>85.16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D73" s="2">
         <v>45291</v>
       </c>
       <c r="E73" s="3">
         <v>2023</v>
       </c>
       <c r="F73">
-        <v>85.481538</v>
+        <v>85.33</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D74" s="2">
         <v>45291</v>
       </c>
       <c r="E74" s="3">
         <v>2023</v>
       </c>
       <c r="F74">
-        <v>85.33</v>
+        <v>85.481538</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D75" s="2">
         <v>45657</v>
       </c>
       <c r="E75" s="3">
         <v>2024</v>
       </c>
       <c r="F75">
-        <v>85.562308</v>
+        <v>85.63</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D76" s="2">
         <v>45657</v>
       </c>
       <c r="E76" s="3">
         <v>2024</v>
       </c>
       <c r="F76">
-        <v>85.63</v>
+        <v>85.562308</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="2">
         <v>36891</v>
       </c>
       <c r="E77" s="3">
         <v>2000</v>
       </c>
       <c r="F77">
         <v>81.779239</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>