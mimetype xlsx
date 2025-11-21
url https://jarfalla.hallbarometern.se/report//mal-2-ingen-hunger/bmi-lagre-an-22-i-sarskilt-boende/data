--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -41,54 +41,54 @@
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>BMI lägre än 22 i särskilt boende</t>
   </si>
   <si>
     <t>GM.2.2</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
+    <t>Järfälla</t>
+  </si>
+  <si>
     <t>Stockholms läns kommuner (ovägt medel)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Järfälla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -724,302 +724,302 @@
       </c>
       <c r="E15" s="3">
         <v>2022</v>
       </c>
       <c r="F15">
         <v>43.566507</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2">
         <v>42735</v>
       </c>
       <c r="E16" s="3">
         <v>2016</v>
       </c>
       <c r="F16">
-        <v>42.271717</v>
+        <v>57.575758</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
         <v>42735</v>
       </c>
       <c r="E17" s="3">
         <v>2016</v>
       </c>
       <c r="F17">
-        <v>57.575758</v>
+        <v>42.271717</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>43100</v>
       </c>
       <c r="E18" s="3">
         <v>2017</v>
       </c>
       <c r="F18">
-        <v>44.992773</v>
+        <v>37.735849</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2">
         <v>43100</v>
       </c>
       <c r="E19" s="3">
         <v>2017</v>
       </c>
       <c r="F19">
-        <v>37.735849</v>
+        <v>44.992773</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D20" s="2">
         <v>43465</v>
       </c>
       <c r="E20" s="3">
         <v>2018</v>
       </c>
       <c r="F20">
         <v>47.405356</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D21" s="2">
         <v>43465</v>
       </c>
       <c r="E21" s="3">
         <v>2018</v>
       </c>
       <c r="F21">
         <v>41.860465</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2">
         <v>43830</v>
       </c>
       <c r="E22" s="3">
         <v>2019</v>
       </c>
       <c r="F22">
-        <v>44.844977</v>
+        <v>51.724138</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2">
         <v>43830</v>
       </c>
       <c r="E23" s="3">
         <v>2019</v>
       </c>
       <c r="F23">
-        <v>51.724138</v>
+        <v>44.844977</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="2">
         <v>44196</v>
       </c>
       <c r="E24" s="3">
         <v>2020</v>
       </c>
       <c r="F24">
-        <v>65.384615</v>
+        <v>46.872436</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2">
         <v>44196</v>
       </c>
       <c r="E25" s="3">
         <v>2020</v>
       </c>
       <c r="F25">
-        <v>46.872436</v>
+        <v>65.384615</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2">
         <v>44561</v>
       </c>
       <c r="E26" s="3">
         <v>2021</v>
       </c>
       <c r="F26">
-        <v>44.929838</v>
+        <v>64.948454</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="2">
         <v>44561</v>
       </c>
       <c r="E27" s="3">
         <v>2021</v>
       </c>
       <c r="F27">
-        <v>64.948454</v>
+        <v>44.929838</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D28" s="2">
         <v>44926</v>
       </c>
       <c r="E28" s="3">
         <v>2022</v>
       </c>
       <c r="F28">
         <v>47.234043</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D29" s="2">
         <v>44926</v>
       </c>
       <c r="E29" s="3">
         <v>2022</v>
       </c>
       <c r="F29">
         <v>44.591201</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>