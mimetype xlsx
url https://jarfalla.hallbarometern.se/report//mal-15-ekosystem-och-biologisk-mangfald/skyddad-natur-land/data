--- v0 (2025-10-07)
+++ v1 (2026-03-12)
@@ -915,120 +915,120 @@
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>42004</v>
       </c>
       <c r="E25" s="3">
         <v>2014</v>
       </c>
       <c r="F25">
         <v>28.505865</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D26" s="2">
         <v>42369</v>
       </c>
       <c r="E26" s="3">
         <v>2015</v>
       </c>
       <c r="F26">
-        <v>15.716236</v>
+        <v>28.516536</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>42369</v>
       </c>
       <c r="E27" s="3">
         <v>2015</v>
       </c>
       <c r="F27">
-        <v>28.516536</v>
+        <v>15.716236</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D28" s="2">
         <v>42735</v>
       </c>
       <c r="E28" s="3">
         <v>2016</v>
       </c>
       <c r="F28">
-        <v>15.876470</v>
+        <v>28.516358</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2">
         <v>42735</v>
       </c>
       <c r="E29" s="3">
         <v>2016</v>
       </c>
       <c r="F29">
-        <v>28.516358</v>
+        <v>15.876470</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="2">
         <v>43100</v>
       </c>
       <c r="E30" s="3">
         <v>2017</v>
       </c>
       <c r="F30">
         <v>28.516359</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
@@ -1155,160 +1155,160 @@
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="2">
         <v>44196</v>
       </c>
       <c r="E37" s="3">
         <v>2020</v>
       </c>
       <c r="F37">
         <v>29.485034</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D38" s="2">
         <v>44561</v>
       </c>
       <c r="E38" s="3">
         <v>2021</v>
       </c>
       <c r="F38">
-        <v>29.429262</v>
+        <v>16.265701</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D39" s="2">
         <v>44561</v>
       </c>
       <c r="E39" s="3">
         <v>2021</v>
       </c>
       <c r="F39">
-        <v>16.265701</v>
+        <v>29.429262</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2">
         <v>44926</v>
       </c>
       <c r="E40" s="3">
         <v>2022</v>
       </c>
       <c r="F40">
         <v>29.577988</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>44926</v>
       </c>
       <c r="E41" s="3">
         <v>2022</v>
       </c>
       <c r="F41">
         <v>16.764421</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D42" s="2">
         <v>45291</v>
       </c>
       <c r="E42" s="3">
         <v>2023</v>
       </c>
       <c r="F42">
-        <v>29.577988</v>
+        <v>17.132938</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D43" s="2">
         <v>45291</v>
       </c>
       <c r="E43" s="3">
         <v>2023</v>
       </c>
       <c r="F43">
-        <v>17.132938</v>
+        <v>29.577988</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
         <v>45657</v>
       </c>
       <c r="E44" s="3">
         <v>2024</v>
       </c>
       <c r="F44">
         <v>29.583488</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>