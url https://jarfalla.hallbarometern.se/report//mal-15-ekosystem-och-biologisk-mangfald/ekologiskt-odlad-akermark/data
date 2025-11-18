--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -1195,200 +1195,200 @@
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="2">
         <v>43465</v>
       </c>
       <c r="E39" s="3">
         <v>2018</v>
       </c>
       <c r="F39">
         <v>14.241418</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D40" s="2">
         <v>43830</v>
       </c>
       <c r="E40" s="3">
         <v>2019</v>
       </c>
       <c r="F40">
-        <v>13.020833</v>
+        <v>15.672353</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>43830</v>
       </c>
       <c r="E41" s="3">
         <v>2019</v>
       </c>
       <c r="F41">
-        <v>15.672353</v>
+        <v>13.020833</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D42" s="2">
         <v>44196</v>
       </c>
       <c r="E42" s="3">
         <v>2020</v>
       </c>
       <c r="F42">
-        <v>12.626263</v>
+        <v>16.288118</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D43" s="2">
         <v>44196</v>
       </c>
       <c r="E43" s="3">
         <v>2020</v>
       </c>
       <c r="F43">
-        <v>16.288118</v>
+        <v>12.626263</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
         <v>44561</v>
       </c>
       <c r="E44" s="3">
         <v>2021</v>
       </c>
       <c r="F44">
         <v>18.350178</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>44561</v>
       </c>
       <c r="E45" s="3">
         <v>2021</v>
       </c>
       <c r="F45">
         <v>12.690355</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D46" s="2">
         <v>44926</v>
       </c>
       <c r="E46" s="3">
         <v>2022</v>
       </c>
       <c r="F46">
-        <v>12.626263</v>
+        <v>16.137736</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D47" s="2">
         <v>44926</v>
       </c>
       <c r="E47" s="3">
         <v>2022</v>
       </c>
       <c r="F47">
-        <v>16.137736</v>
+        <v>12.626263</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2">
         <v>45291</v>
       </c>
       <c r="E48" s="3">
         <v>2023</v>
       </c>
       <c r="F48">
         <v>16.736239</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>