--- v1 (2025-11-18)
+++ v2 (2026-02-21)
@@ -41,54 +41,54 @@
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Ekologiskt odlad åkermark</t>
   </si>
   <si>
     <t>GM.15.3</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
-    <t>Järfälla</t>
+    <t>Stockholms läns kommuner (ovägt medel)</t>
   </si>
   <si>
-    <t>Stockholms läns kommuner (ovägt medel)</t>
+    <t>Järfälla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -964,462 +964,462 @@
       </c>
       <c r="E27" s="3">
         <v>2024</v>
       </c>
       <c r="F27">
         <v>13.957206</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
         <v>40908</v>
       </c>
       <c r="E28" s="3">
         <v>2011</v>
       </c>
       <c r="F28">
-        <v>46.478873</v>
+        <v>20.285615</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2">
         <v>40908</v>
       </c>
       <c r="E29" s="3">
         <v>2011</v>
       </c>
       <c r="F29">
-        <v>20.285615</v>
+        <v>46.478873</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2">
         <v>41274</v>
       </c>
       <c r="E30" s="3">
         <v>2012</v>
       </c>
       <c r="F30">
-        <v>62.234043</v>
+        <v>19.821455</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="2">
         <v>41274</v>
       </c>
       <c r="E31" s="3">
         <v>2012</v>
       </c>
       <c r="F31">
-        <v>19.821455</v>
+        <v>62.234043</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D32" s="2">
         <v>41639</v>
       </c>
       <c r="E32" s="3">
         <v>2013</v>
       </c>
       <c r="F32">
         <v>62.176166</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D33" s="2">
         <v>41639</v>
       </c>
       <c r="E33" s="3">
         <v>2013</v>
       </c>
       <c r="F33">
         <v>21.002102</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>42004</v>
       </c>
       <c r="E34" s="3">
         <v>2014</v>
       </c>
       <c r="F34">
         <v>20.150653</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D35" s="2">
         <v>42004</v>
       </c>
       <c r="E35" s="3">
         <v>2014</v>
       </c>
       <c r="F35">
         <v>69.587629</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>42369</v>
       </c>
       <c r="E36" s="3">
         <v>2015</v>
       </c>
       <c r="F36">
         <v>11.941023</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D37" s="2">
         <v>42735</v>
       </c>
       <c r="E37" s="3">
         <v>2016</v>
       </c>
       <c r="F37">
         <v>14.351284</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
         <v>43465</v>
       </c>
       <c r="E38" s="3">
         <v>2018</v>
       </c>
       <c r="F38">
-        <v>12.886598</v>
+        <v>14.241418</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="2">
         <v>43465</v>
       </c>
       <c r="E39" s="3">
         <v>2018</v>
       </c>
       <c r="F39">
-        <v>14.241418</v>
+        <v>12.886598</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2">
         <v>43830</v>
       </c>
       <c r="E40" s="3">
         <v>2019</v>
       </c>
       <c r="F40">
-        <v>15.672353</v>
+        <v>13.020833</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2">
         <v>43830</v>
       </c>
       <c r="E41" s="3">
         <v>2019</v>
       </c>
       <c r="F41">
-        <v>13.020833</v>
+        <v>15.672353</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D42" s="2">
         <v>44196</v>
       </c>
       <c r="E42" s="3">
         <v>2020</v>
       </c>
       <c r="F42">
         <v>16.288118</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D43" s="2">
         <v>44196</v>
       </c>
       <c r="E43" s="3">
         <v>2020</v>
       </c>
       <c r="F43">
         <v>12.626263</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
         <v>44561</v>
       </c>
       <c r="E44" s="3">
         <v>2021</v>
       </c>
       <c r="F44">
-        <v>18.350178</v>
+        <v>12.690355</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>44561</v>
       </c>
       <c r="E45" s="3">
         <v>2021</v>
       </c>
       <c r="F45">
-        <v>12.690355</v>
+        <v>18.350178</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D46" s="2">
         <v>44926</v>
       </c>
       <c r="E46" s="3">
         <v>2022</v>
       </c>
       <c r="F46">
         <v>16.137736</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D47" s="2">
         <v>44926</v>
       </c>
       <c r="E47" s="3">
         <v>2022</v>
       </c>
       <c r="F47">
         <v>12.626263</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D48" s="2">
         <v>45291</v>
       </c>
       <c r="E48" s="3">
         <v>2023</v>
       </c>
       <c r="F48">
         <v>16.736239</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D49" s="2">
         <v>45657</v>
       </c>
       <c r="E49" s="3">
         <v>2024</v>
       </c>
       <c r="F49">
         <v>15.790629</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>