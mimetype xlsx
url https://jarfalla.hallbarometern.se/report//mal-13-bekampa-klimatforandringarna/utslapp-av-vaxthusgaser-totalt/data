--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -2393,440 +2393,440 @@
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="2">
         <v>38717</v>
       </c>
       <c r="E98" s="3">
         <v>2005</v>
       </c>
       <c r="F98">
         <v>117449.433877</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D99" s="2">
         <v>40543</v>
       </c>
       <c r="E99" s="3">
         <v>2010</v>
       </c>
       <c r="F99">
-        <v>10361.051805</v>
+        <v>98882.588663</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D100" s="2">
         <v>40543</v>
       </c>
       <c r="E100" s="3">
         <v>2010</v>
       </c>
       <c r="F100">
-        <v>98882.588663</v>
+        <v>10361.051805</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D101" s="2">
         <v>42369</v>
       </c>
       <c r="E101" s="3">
         <v>2015</v>
       </c>
       <c r="F101">
-        <v>11015.913378</v>
+        <v>85622.862588</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D102" s="2">
         <v>42369</v>
       </c>
       <c r="E102" s="3">
         <v>2015</v>
       </c>
       <c r="F102">
-        <v>85622.862588</v>
+        <v>11015.913378</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D103" s="2">
         <v>42735</v>
       </c>
       <c r="E103" s="3">
         <v>2016</v>
       </c>
       <c r="F103">
-        <v>82922.177528</v>
+        <v>11359.438199</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D104" s="2">
         <v>42735</v>
       </c>
       <c r="E104" s="3">
         <v>2016</v>
       </c>
       <c r="F104">
-        <v>11359.438199</v>
+        <v>82922.177528</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D105" s="2">
         <v>43100</v>
       </c>
       <c r="E105" s="3">
         <v>2017</v>
       </c>
       <c r="F105">
-        <v>93174.609067</v>
+        <v>11588.540184</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D106" s="2">
         <v>43100</v>
       </c>
       <c r="E106" s="3">
         <v>2017</v>
       </c>
       <c r="F106">
-        <v>11588.540184</v>
+        <v>93174.609067</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D107" s="2">
         <v>43465</v>
       </c>
       <c r="E107" s="3">
         <v>2018</v>
       </c>
       <c r="F107">
-        <v>91061.102987</v>
+        <v>10887.630772</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D108" s="2">
         <v>43465</v>
       </c>
       <c r="E108" s="3">
         <v>2018</v>
       </c>
       <c r="F108">
-        <v>10887.630772</v>
+        <v>91061.102987</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D109" s="2">
         <v>43830</v>
       </c>
       <c r="E109" s="3">
         <v>2019</v>
       </c>
       <c r="F109">
-        <v>89682.597172</v>
+        <v>10279.507011</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D110" s="2">
         <v>43830</v>
       </c>
       <c r="E110" s="3">
         <v>2019</v>
       </c>
       <c r="F110">
-        <v>10279.507011</v>
+        <v>89682.597172</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D111" s="2">
         <v>44196</v>
       </c>
       <c r="E111" s="3">
         <v>2020</v>
       </c>
       <c r="F111">
-        <v>82682.386251</v>
+        <v>9612.050416</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D112" s="2">
         <v>44196</v>
       </c>
       <c r="E112" s="3">
         <v>2020</v>
       </c>
       <c r="F112">
-        <v>9612.050416</v>
+        <v>82682.386251</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
         <v>16</v>
       </c>
       <c r="D113" s="2">
         <v>44561</v>
       </c>
       <c r="E113" s="3">
         <v>2021</v>
       </c>
       <c r="F113">
         <v>81597.869103</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" s="2">
         <v>44561</v>
       </c>
       <c r="E114" s="3">
         <v>2021</v>
       </c>
       <c r="F114">
         <v>8020.029266</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D115" s="2">
         <v>44926</v>
       </c>
       <c r="E115" s="3">
         <v>2022</v>
       </c>
       <c r="F115">
-        <v>7878.678514</v>
+        <v>73727.673336</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D116" s="2">
         <v>44926</v>
       </c>
       <c r="E116" s="3">
         <v>2022</v>
       </c>
       <c r="F116">
-        <v>73727.673336</v>
+        <v>7878.678514</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D117" s="2">
         <v>45291</v>
       </c>
       <c r="E117" s="3">
         <v>2023</v>
       </c>
       <c r="F117">
-        <v>7424.394128</v>
+        <v>72959.784035</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D118" s="2">
         <v>45291</v>
       </c>
       <c r="E118" s="3">
         <v>2023</v>
       </c>
       <c r="F118">
-        <v>72959.784035</v>
+        <v>7424.394128</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" s="2">
         <v>33238</v>
       </c>
       <c r="E119" s="3">
         <v>1990</v>
       </c>
       <c r="F119">
         <v>783.245427</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>