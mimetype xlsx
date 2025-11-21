--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -56,54 +56,54 @@
   <si>
     <t>GM.11.6</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Arbetsmaskiner</t>
   </si>
   <si>
     <t>Jordbruk</t>
   </si>
   <si>
     <t>Egen uppvärmning</t>
   </si>
   <si>
     <t>El och fjärrvärme</t>
   </si>
   <si>
     <t>Utrikes transporter</t>
   </si>
   <si>
-    <t>Produktanvändning</t>
+    <t>Totalt</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Produktanvändning</t>
   </si>
   <si>
     <t>Avfall och avlopp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -2282,551 +2282,551 @@
       </c>
       <c r="E92" s="3">
         <v>2023</v>
       </c>
       <c r="F92">
         <v>0.078464</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="2">
         <v>33238</v>
       </c>
       <c r="E93" s="3">
         <v>1990</v>
       </c>
       <c r="F93">
-        <v>1.886916</v>
+        <v>61.568547</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="2">
         <v>33238</v>
       </c>
       <c r="E94" s="3">
         <v>1990</v>
       </c>
       <c r="F94">
-        <v>61.568547</v>
+        <v>1.886916</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="2">
         <v>36891</v>
       </c>
       <c r="E95" s="3">
         <v>2000</v>
       </c>
       <c r="F95">
-        <v>1.921485</v>
+        <v>56.035196</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="2">
         <v>36891</v>
       </c>
       <c r="E96" s="3">
         <v>2000</v>
       </c>
       <c r="F96">
-        <v>56.035196</v>
+        <v>1.921485</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="2">
         <v>38717</v>
       </c>
       <c r="E97" s="3">
         <v>2005</v>
       </c>
       <c r="F97">
-        <v>1.861551</v>
+        <v>59.695128</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="2">
         <v>38717</v>
       </c>
       <c r="E98" s="3">
         <v>2005</v>
       </c>
       <c r="F98">
-        <v>59.695128</v>
+        <v>1.861551</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D99" s="2">
         <v>40543</v>
       </c>
       <c r="E99" s="3">
         <v>2010</v>
       </c>
       <c r="F99">
         <v>1.408730</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D100" s="2">
         <v>40543</v>
       </c>
       <c r="E100" s="3">
         <v>2010</v>
       </c>
       <c r="F100">
         <v>53.217899</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="2">
         <v>42369</v>
       </c>
       <c r="E101" s="3">
         <v>2015</v>
       </c>
       <c r="F101">
-        <v>1.292780</v>
+        <v>34.643134</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="2">
         <v>42369</v>
       </c>
       <c r="E102" s="3">
         <v>2015</v>
       </c>
       <c r="F102">
-        <v>34.643134</v>
+        <v>1.292780</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D103" s="2">
         <v>42735</v>
       </c>
       <c r="E103" s="3">
         <v>2016</v>
       </c>
       <c r="F103">
         <v>33.818134</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D104" s="2">
         <v>42735</v>
       </c>
       <c r="E104" s="3">
         <v>2016</v>
       </c>
       <c r="F104">
         <v>1.295393</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D105" s="2">
         <v>43100</v>
       </c>
       <c r="E105" s="3">
         <v>2017</v>
       </c>
       <c r="F105">
         <v>35.102907</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D106" s="2">
         <v>43100</v>
       </c>
       <c r="E106" s="3">
         <v>2017</v>
       </c>
       <c r="F106">
         <v>1.245370</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" s="2">
         <v>43465</v>
       </c>
       <c r="E107" s="3">
         <v>2018</v>
       </c>
       <c r="F107">
-        <v>1.194089</v>
+        <v>33.571979</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="2">
         <v>43465</v>
       </c>
       <c r="E108" s="3">
         <v>2018</v>
       </c>
       <c r="F108">
-        <v>33.571979</v>
+        <v>1.194089</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D109" s="2">
         <v>43830</v>
       </c>
       <c r="E109" s="3">
         <v>2019</v>
       </c>
       <c r="F109">
         <v>31.194845</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D110" s="2">
         <v>43830</v>
       </c>
       <c r="E110" s="3">
         <v>2019</v>
       </c>
       <c r="F110">
         <v>1.171026</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" s="2">
         <v>44196</v>
       </c>
       <c r="E111" s="3">
         <v>2020</v>
       </c>
       <c r="F111">
-        <v>1.010290</v>
+        <v>29.689742</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="2">
         <v>44196</v>
       </c>
       <c r="E112" s="3">
         <v>2020</v>
       </c>
       <c r="F112">
-        <v>29.689742</v>
+        <v>1.010290</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D113" s="2">
         <v>44561</v>
       </c>
       <c r="E113" s="3">
         <v>2021</v>
       </c>
       <c r="F113">
         <v>0.889961</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D114" s="2">
         <v>44561</v>
       </c>
       <c r="E114" s="3">
         <v>2021</v>
       </c>
       <c r="F114">
         <v>28.640845</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="2">
         <v>44926</v>
       </c>
       <c r="E115" s="3">
         <v>2022</v>
       </c>
       <c r="F115">
-        <v>26.813088</v>
+        <v>1.257067</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" s="2">
         <v>44926</v>
       </c>
       <c r="E116" s="3">
         <v>2022</v>
       </c>
       <c r="F116">
-        <v>1.257067</v>
+        <v>26.813088</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="2">
         <v>45291</v>
       </c>
       <c r="E117" s="3">
         <v>2023</v>
       </c>
       <c r="F117">
-        <v>25.878042</v>
+        <v>1.104311</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" s="2">
         <v>45291</v>
       </c>
       <c r="E118" s="3">
         <v>2023</v>
       </c>
       <c r="F118">
-        <v>1.104311</v>
+        <v>25.878042</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" s="2">
         <v>33238</v>
       </c>
       <c r="E119" s="3">
         <v>1990</v>
       </c>
       <c r="F119">
         <v>2.129738</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>