--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -56,54 +56,54 @@
   <si>
     <t>GM.11.6</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Arbetsmaskiner</t>
   </si>
   <si>
     <t>Jordbruk</t>
   </si>
   <si>
     <t>Egen uppvärmning</t>
   </si>
   <si>
     <t>El och fjärrvärme</t>
   </si>
   <si>
     <t>Utrikes transporter</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Produktanvändning</t>
   </si>
   <si>
-    <t>Produktanvändning</t>
+    <t>Totalt</t>
   </si>
   <si>
     <t>Avfall och avlopp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -2282,542 +2282,542 @@
       </c>
       <c r="E92" s="3">
         <v>2023</v>
       </c>
       <c r="F92">
         <v>0.078464</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="2">
         <v>33238</v>
       </c>
       <c r="E93" s="3">
         <v>1990</v>
       </c>
       <c r="F93">
-        <v>61.568547</v>
+        <v>1.886916</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="2">
         <v>33238</v>
       </c>
       <c r="E94" s="3">
         <v>1990</v>
       </c>
       <c r="F94">
-        <v>1.886916</v>
+        <v>61.568547</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="2">
         <v>36891</v>
       </c>
       <c r="E95" s="3">
         <v>2000</v>
       </c>
       <c r="F95">
-        <v>56.035196</v>
+        <v>1.921485</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="2">
         <v>36891</v>
       </c>
       <c r="E96" s="3">
         <v>2000</v>
       </c>
       <c r="F96">
-        <v>1.921485</v>
+        <v>56.035196</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D97" s="2">
         <v>38717</v>
       </c>
       <c r="E97" s="3">
         <v>2005</v>
       </c>
       <c r="F97">
         <v>59.695128</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D98" s="2">
         <v>38717</v>
       </c>
       <c r="E98" s="3">
         <v>2005</v>
       </c>
       <c r="F98">
         <v>1.861551</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D99" s="2">
         <v>40543</v>
       </c>
       <c r="E99" s="3">
         <v>2010</v>
       </c>
       <c r="F99">
         <v>1.408730</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D100" s="2">
         <v>40543</v>
       </c>
       <c r="E100" s="3">
         <v>2010</v>
       </c>
       <c r="F100">
         <v>53.217899</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D101" s="2">
         <v>42369</v>
       </c>
       <c r="E101" s="3">
         <v>2015</v>
       </c>
       <c r="F101">
         <v>34.643134</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D102" s="2">
         <v>42369</v>
       </c>
       <c r="E102" s="3">
         <v>2015</v>
       </c>
       <c r="F102">
         <v>1.292780</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="2">
         <v>42735</v>
       </c>
       <c r="E103" s="3">
         <v>2016</v>
       </c>
       <c r="F103">
-        <v>33.818134</v>
+        <v>1.295393</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
         <v>16</v>
       </c>
       <c r="D104" s="2">
         <v>42735</v>
       </c>
       <c r="E104" s="3">
         <v>2016</v>
       </c>
       <c r="F104">
-        <v>1.295393</v>
+        <v>33.818134</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" s="2">
         <v>43100</v>
       </c>
       <c r="E105" s="3">
         <v>2017</v>
       </c>
       <c r="F105">
-        <v>35.102907</v>
+        <v>1.245370</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
         <v>16</v>
       </c>
       <c r="D106" s="2">
         <v>43100</v>
       </c>
       <c r="E106" s="3">
         <v>2017</v>
       </c>
       <c r="F106">
-        <v>1.245370</v>
+        <v>35.102907</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D107" s="2">
         <v>43465</v>
       </c>
       <c r="E107" s="3">
         <v>2018</v>
       </c>
       <c r="F107">
         <v>33.571979</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D108" s="2">
         <v>43465</v>
       </c>
       <c r="E108" s="3">
         <v>2018</v>
       </c>
       <c r="F108">
         <v>1.194089</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D109" s="2">
         <v>43830</v>
       </c>
       <c r="E109" s="3">
         <v>2019</v>
       </c>
       <c r="F109">
         <v>31.194845</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D110" s="2">
         <v>43830</v>
       </c>
       <c r="E110" s="3">
         <v>2019</v>
       </c>
       <c r="F110">
         <v>1.171026</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D111" s="2">
         <v>44196</v>
       </c>
       <c r="E111" s="3">
         <v>2020</v>
       </c>
       <c r="F111">
         <v>29.689742</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D112" s="2">
         <v>44196</v>
       </c>
       <c r="E112" s="3">
         <v>2020</v>
       </c>
       <c r="F112">
         <v>1.010290</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
         <v>16</v>
       </c>
       <c r="D113" s="2">
         <v>44561</v>
       </c>
       <c r="E113" s="3">
         <v>2021</v>
       </c>
       <c r="F113">
-        <v>0.889961</v>
+        <v>28.640845</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" s="2">
         <v>44561</v>
       </c>
       <c r="E114" s="3">
         <v>2021</v>
       </c>
       <c r="F114">
-        <v>28.640845</v>
+        <v>0.889961</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D115" s="2">
         <v>44926</v>
       </c>
       <c r="E115" s="3">
         <v>2022</v>
       </c>
       <c r="F115">
         <v>1.257067</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D116" s="2">
         <v>44926</v>
       </c>
       <c r="E116" s="3">
         <v>2022</v>
       </c>
       <c r="F116">
         <v>26.813088</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D117" s="2">
         <v>45291</v>
       </c>
       <c r="E117" s="3">
         <v>2023</v>
       </c>
       <c r="F117">
         <v>1.104311</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D118" s="2">
         <v>45291</v>
       </c>
       <c r="E118" s="3">
         <v>2023</v>
       </c>
       <c r="F118">
         <v>25.878042</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" s="2">
         <v>33238</v>
       </c>
       <c r="E119" s="3">