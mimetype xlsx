--- v0 (2025-10-07)
+++ v1 (2026-02-21)
@@ -875,80 +875,80 @@
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2">
         <v>42004</v>
       </c>
       <c r="E23" s="3">
         <v>2014</v>
       </c>
       <c r="F23">
         <v>89.130769</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D24" s="2">
         <v>42369</v>
       </c>
       <c r="E24" s="3">
         <v>2015</v>
       </c>
       <c r="F24">
-        <v>86.357692</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>42369</v>
       </c>
       <c r="E25" s="3">
         <v>2015</v>
       </c>
       <c r="F25">
-        <v>100</v>
+        <v>86.357692</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2">
         <v>42735</v>
       </c>
       <c r="E26" s="3">
         <v>2016</v>
       </c>
       <c r="F26">
         <v>89.765385</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
@@ -995,80 +995,80 @@
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2">
         <v>43100</v>
       </c>
       <c r="E29" s="3">
         <v>2017</v>
       </c>
       <c r="F29">
         <v>88.726923</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D30" s="2">
         <v>43465</v>
       </c>
       <c r="E30" s="3">
         <v>2018</v>
       </c>
       <c r="F30">
-        <v>87.469231</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" s="2">
         <v>43465</v>
       </c>
       <c r="E31" s="3">
         <v>2018</v>
       </c>
       <c r="F31">
-        <v>100</v>
+        <v>87.469231</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2">
         <v>43830</v>
       </c>
       <c r="E32" s="3">
         <v>2019</v>
       </c>
       <c r="F32">
         <v>100</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
@@ -1115,160 +1115,160 @@
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2">
         <v>44196</v>
       </c>
       <c r="E35" s="3">
         <v>2020</v>
       </c>
       <c r="F35">
         <v>100</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>44561</v>
       </c>
       <c r="E36" s="3">
         <v>2021</v>
       </c>
       <c r="F36">
-        <v>89.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D37" s="2">
         <v>44561</v>
       </c>
       <c r="E37" s="3">
         <v>2021</v>
       </c>
       <c r="F37">
-        <v>100</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D38" s="2">
         <v>44926</v>
       </c>
       <c r="E38" s="3">
         <v>2022</v>
       </c>
       <c r="F38">
-        <v>86.923077</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D39" s="2">
         <v>44926</v>
       </c>
       <c r="E39" s="3">
         <v>2022</v>
       </c>
       <c r="F39">
-        <v>100</v>
+        <v>86.923077</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D40" s="2">
         <v>45291</v>
       </c>
       <c r="E40" s="3">
         <v>2023</v>
       </c>
       <c r="F40">
-        <v>89.034615</v>
+        <v>94.2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D41" s="2">
         <v>45291</v>
       </c>
       <c r="E41" s="3">
         <v>2023</v>
       </c>
       <c r="F41">
-        <v>94.2</v>
+        <v>89.034615</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>