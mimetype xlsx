--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -575,80 +575,80 @@
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>43465</v>
       </c>
       <c r="E8" s="3">
         <v>2018</v>
       </c>
       <c r="F8">
         <v>62.363077</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>44926</v>
       </c>
       <c r="E9" s="3">
         <v>2022</v>
       </c>
       <c r="F9">
-        <v>46.750903</v>
+        <v>54.063758</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D10" s="2">
         <v>44926</v>
       </c>
       <c r="E10" s="3">
         <v>2022</v>
       </c>
       <c r="F10">
-        <v>54.063758</v>
+        <v>46.750903</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2">
         <v>42004</v>
       </c>
       <c r="E11" s="3">
         <v>2014</v>
       </c>
       <c r="F11">
         <v>71.826483</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>