--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -655,80 +655,80 @@
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>43830</v>
       </c>
       <c r="E12" s="3">
         <v>2019</v>
       </c>
       <c r="F12">
         <v>79.576420</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D13" s="2">
         <v>44196</v>
       </c>
       <c r="E13" s="3">
         <v>2020</v>
       </c>
       <c r="F13">
-        <v>78.885486</v>
+        <v>80.555556</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>44196</v>
       </c>
       <c r="E14" s="3">
         <v>2020</v>
       </c>
       <c r="F14">
-        <v>80.555556</v>
+        <v>78.885486</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2">
         <v>44561</v>
       </c>
       <c r="E15" s="3">
         <v>2021</v>
       </c>
       <c r="F15">
         <v>79.827396</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
@@ -775,80 +775,80 @@
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>44926</v>
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
         <v>80.695652</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>45291</v>
       </c>
       <c r="E19" s="3">
         <v>2023</v>
       </c>
       <c r="F19">
-        <v>81.347826</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D20" s="2">
         <v>45291</v>
       </c>
       <c r="E20" s="3">
         <v>2023</v>
       </c>
       <c r="F20">
-        <v>76</v>
+        <v>81.347826</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
         <v>45657</v>
       </c>
       <c r="E21" s="3">
         <v>2024</v>
       </c>
       <c r="F21">
         <v>79</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>