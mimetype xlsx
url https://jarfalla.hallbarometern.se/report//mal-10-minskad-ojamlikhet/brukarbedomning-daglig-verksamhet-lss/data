--- v1 (2025-12-14)
+++ v2 (2026-02-21)
@@ -38,54 +38,54 @@
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Brukarbedömning daglig verksamhet LSS</t>
   </si>
   <si>
     <t>GM.10.2</t>
   </si>
   <si>
     <t>Pendlingskommun nära storstad (ovägt medel)</t>
   </si>
   <si>
-    <t>Järfälla</t>
+    <t>Stockholms läns kommuner (ovägt medel)</t>
   </si>
   <si>
-    <t>Stockholms läns kommuner (ovägt medel)</t>
+    <t>Järfälla</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -564,471 +564,551 @@
       </c>
       <c r="E7" s="3">
         <v>2023</v>
       </c>
       <c r="F7">
         <v>78.416667</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
         <v>45657</v>
       </c>
       <c r="E8" s="3">
         <v>2024</v>
       </c>
       <c r="F8">
-        <v>80.55</v>
+        <v>80.525</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D9" s="2">
-        <v>43465</v>
+        <v>46022</v>
       </c>
       <c r="E9" s="3">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="F9">
-        <v>74.561404</v>
+        <v>80.585366</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>43465</v>
       </c>
       <c r="E10" s="3">
         <v>2018</v>
       </c>
       <c r="F10">
         <v>79.767376</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E11" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F11">
-        <v>74.545455</v>
+        <v>74.561404</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>43830</v>
       </c>
       <c r="E12" s="3">
         <v>2019</v>
       </c>
       <c r="F12">
-        <v>79.576420</v>
+        <v>74.545455</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E13" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F13">
-        <v>80.555556</v>
+        <v>79.576420</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>44196</v>
       </c>
       <c r="E14" s="3">
         <v>2020</v>
       </c>
       <c r="F14">
-        <v>78.885486</v>
+        <v>80.555556</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E15" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F15">
-        <v>79.827396</v>
+        <v>78.885486</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D16" s="2">
         <v>44561</v>
       </c>
       <c r="E16" s="3">
         <v>2021</v>
       </c>
       <c r="F16">
         <v>63.888889</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E17" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F17">
-        <v>84</v>
+        <v>79.827396</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>44926</v>
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
-        <v>80.695652</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E19" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F19">
-        <v>76</v>
+        <v>80.695652</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="2">
         <v>45291</v>
       </c>
       <c r="E20" s="3">
         <v>2023</v>
       </c>
       <c r="F20">
-        <v>81.347826</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>45657</v>
+        <v>45291</v>
       </c>
       <c r="E21" s="3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="F21">
-        <v>79</v>
+        <v>81.347826</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2">
         <v>45657</v>
       </c>
       <c r="E22" s="3">
         <v>2024</v>
       </c>
       <c r="F22">
-        <v>82.625</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>43465</v>
+        <v>45657</v>
       </c>
       <c r="E23" s="3">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F23">
-        <v>74.056841</v>
+        <v>82.541667</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D24" s="2">
-        <v>43830</v>
+        <v>46022</v>
       </c>
       <c r="E24" s="3">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="F24">
-        <v>73.223200</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>44196</v>
+        <v>46022</v>
       </c>
       <c r="E25" s="3">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="F25">
-        <v>72.814014</v>
+        <v>83.583333</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E26" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F26">
-        <v>74.559597</v>
+        <v>74.056841</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E27" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F27">
-        <v>75.602484</v>
+        <v>73.223200</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E28" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F28">
-        <v>75.219512</v>
+        <v>72.814014</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E29" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F29">
+        <v>74.559597</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E30" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F30">
+        <v>75.602484</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E31" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F31">
+        <v>75.219512</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="2">
         <v>45657</v>
       </c>
-      <c r="E29" s="3">
+      <c r="E32" s="3">
         <v>2024</v>
       </c>
-      <c r="F29">
-        <v>77.609467</v>
+      <c r="F32">
+        <v>77.583333</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>6</v>
+      </c>
+      <c r="B33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="2">
+        <v>46022</v>
+      </c>
+      <c r="E33" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F33">
+        <v>78.634021</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>