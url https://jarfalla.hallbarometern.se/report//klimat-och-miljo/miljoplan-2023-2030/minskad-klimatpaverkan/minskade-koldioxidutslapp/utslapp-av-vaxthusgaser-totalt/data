--- v0 (2025-11-02)
+++ v1 (2026-02-21)
@@ -2393,200 +2393,200 @@
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="2">
         <v>38717</v>
       </c>
       <c r="E98" s="3">
         <v>2005</v>
       </c>
       <c r="F98">
         <v>117449.433877</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D99" s="2">
         <v>40543</v>
       </c>
       <c r="E99" s="3">
         <v>2010</v>
       </c>
       <c r="F99">
-        <v>10361.051805</v>
+        <v>98882.588663</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D100" s="2">
         <v>40543</v>
       </c>
       <c r="E100" s="3">
         <v>2010</v>
       </c>
       <c r="F100">
-        <v>98882.588663</v>
+        <v>10361.051805</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="2">
         <v>42369</v>
       </c>
       <c r="E101" s="3">
         <v>2015</v>
       </c>
       <c r="F101">
         <v>11015.913378</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="2">
         <v>42369</v>
       </c>
       <c r="E102" s="3">
         <v>2015</v>
       </c>
       <c r="F102">
         <v>85622.862588</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D103" s="2">
         <v>42735</v>
       </c>
       <c r="E103" s="3">
         <v>2016</v>
       </c>
       <c r="F103">
-        <v>82922.177528</v>
+        <v>11359.438199</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D104" s="2">
         <v>42735</v>
       </c>
       <c r="E104" s="3">
         <v>2016</v>
       </c>
       <c r="F104">
-        <v>11359.438199</v>
+        <v>82922.177528</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D105" s="2">
         <v>43100</v>
       </c>
       <c r="E105" s="3">
         <v>2017</v>
       </c>
       <c r="F105">
-        <v>93174.609067</v>
+        <v>11588.540184</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D106" s="2">
         <v>43100</v>
       </c>
       <c r="E106" s="3">
         <v>2017</v>
       </c>
       <c r="F106">
-        <v>11588.540184</v>
+        <v>93174.609067</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>16</v>
       </c>
       <c r="D107" s="2">
         <v>43465</v>
       </c>
       <c r="E107" s="3">
         <v>2018</v>
       </c>
       <c r="F107">
         <v>91061.102987</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
@@ -2753,80 +2753,80 @@
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
         <v>16</v>
       </c>
       <c r="D116" s="2">
         <v>44926</v>
       </c>
       <c r="E116" s="3">
         <v>2022</v>
       </c>
       <c r="F116">
         <v>73727.673336</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D117" s="2">
         <v>45291</v>
       </c>
       <c r="E117" s="3">
         <v>2023</v>
       </c>
       <c r="F117">
-        <v>7424.394128</v>
+        <v>72959.784035</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D118" s="2">
         <v>45291</v>
       </c>
       <c r="E118" s="3">
         <v>2023</v>
       </c>
       <c r="F118">
-        <v>72959.784035</v>
+        <v>7424.394128</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" s="2">
         <v>33238</v>
       </c>
       <c r="E119" s="3">
         <v>1990</v>
       </c>
       <c r="F119">
         <v>783.245427</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>