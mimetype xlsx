--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1570,120 +1570,120 @@
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="2">
         <v>33238</v>
       </c>
       <c r="E57" s="3">
         <v>1990</v>
       </c>
       <c r="F57">
         <v>0.043850</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D58" s="2">
         <v>36891</v>
       </c>
       <c r="E58" s="3">
         <v>2000</v>
       </c>
       <c r="F58">
-        <v>2.166649</v>
+        <v>0.124903</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D59" s="2">
         <v>36891</v>
       </c>
       <c r="E59" s="3">
         <v>2000</v>
       </c>
       <c r="F59">
-        <v>0.124903</v>
+        <v>2.166649</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D60" s="2">
         <v>38717</v>
       </c>
       <c r="E60" s="3">
         <v>2005</v>
       </c>
       <c r="F60">
-        <v>0.165857</v>
+        <v>1.902231</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D61" s="2">
         <v>38717</v>
       </c>
       <c r="E61" s="3">
         <v>2005</v>
       </c>
       <c r="F61">
-        <v>1.902231</v>
+        <v>0.165857</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="2">
         <v>40543</v>
       </c>
       <c r="E62" s="3">
         <v>2010</v>
       </c>
       <c r="F62">
         <v>0.156485</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
@@ -1810,80 +1810,80 @@
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>14</v>
       </c>
       <c r="D69" s="2">
         <v>44561</v>
       </c>
       <c r="E69" s="3">
         <v>2021</v>
       </c>
       <c r="F69">
         <v>0.981097</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D70" s="2">
         <v>44926</v>
       </c>
       <c r="E70" s="3">
         <v>2022</v>
       </c>
       <c r="F70">
-        <v>0.092191</v>
+        <v>0.862716</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D71" s="2">
         <v>44926</v>
       </c>
       <c r="E71" s="3">
         <v>2022</v>
       </c>
       <c r="F71">
-        <v>0.862716</v>
+        <v>0.092191</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="2">
         <v>45291</v>
       </c>
       <c r="E72" s="3">
         <v>2023</v>
       </c>
       <c r="F72">
         <v>0.845127</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>