--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -53,54 +53,54 @@
   <si>
     <t>Utsläpp av växthusgaser per invånare</t>
   </si>
   <si>
     <t>MP2030.1.1.1</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Arbetsmaskiner</t>
   </si>
   <si>
     <t>Jordbruk</t>
   </si>
   <si>
     <t>Egen uppvärmning</t>
   </si>
   <si>
     <t>El och fjärrvärme</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Produktanvändning</t>
   </si>
   <si>
-    <t>Produktanvändning</t>
+    <t>Totalt</t>
   </si>
   <si>
     <t>Avfall och avlopp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -1539,382 +1539,382 @@
       </c>
       <c r="E55" s="3">
         <v>2023</v>
       </c>
       <c r="F55">
         <v>0.000420</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2">
         <v>33238</v>
       </c>
       <c r="E56" s="3">
         <v>1990</v>
       </c>
       <c r="F56">
-        <v>2.231447</v>
+        <v>0.043850</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="2">
         <v>33238</v>
       </c>
       <c r="E57" s="3">
         <v>1990</v>
       </c>
       <c r="F57">
-        <v>0.043850</v>
+        <v>2.231447</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="2">
         <v>36891</v>
       </c>
       <c r="E58" s="3">
         <v>2000</v>
       </c>
       <c r="F58">
-        <v>0.124903</v>
+        <v>2.166649</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="2">
         <v>36891</v>
       </c>
       <c r="E59" s="3">
         <v>2000</v>
       </c>
       <c r="F59">
-        <v>2.166649</v>
+        <v>0.124903</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="2">
         <v>38717</v>
       </c>
       <c r="E60" s="3">
         <v>2005</v>
       </c>
       <c r="F60">
-        <v>1.902231</v>
+        <v>0.165857</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="2">
         <v>38717</v>
       </c>
       <c r="E61" s="3">
         <v>2005</v>
       </c>
       <c r="F61">
-        <v>0.165857</v>
+        <v>1.902231</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D62" s="2">
         <v>40543</v>
       </c>
       <c r="E62" s="3">
         <v>2010</v>
       </c>
       <c r="F62">
         <v>0.156485</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D63" s="2">
         <v>40543</v>
       </c>
       <c r="E63" s="3">
         <v>2010</v>
       </c>
       <c r="F63">
         <v>1.493447</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D64" s="2">
         <v>42369</v>
       </c>
       <c r="E64" s="3">
         <v>2015</v>
       </c>
       <c r="F64">
         <v>0.152093</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D65" s="2">
         <v>42369</v>
       </c>
       <c r="E65" s="3">
         <v>2015</v>
       </c>
       <c r="F65">
         <v>1.182163</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="2">
         <v>44196</v>
       </c>
       <c r="E66" s="3">
         <v>2020</v>
       </c>
       <c r="F66">
-        <v>0.118267</v>
+        <v>1.017329</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="2">
         <v>44196</v>
       </c>
       <c r="E67" s="3">
         <v>2020</v>
       </c>
       <c r="F67">
-        <v>1.017329</v>
+        <v>0.118267</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D68" s="2">
         <v>44561</v>
       </c>
       <c r="E68" s="3">
         <v>2021</v>
       </c>
       <c r="F68">
         <v>0.096429</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D69" s="2">
         <v>44561</v>
       </c>
       <c r="E69" s="3">
         <v>2021</v>
       </c>
       <c r="F69">
         <v>0.981097</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D70" s="2">
         <v>44926</v>
       </c>
       <c r="E70" s="3">
         <v>2022</v>
       </c>
       <c r="F70">
         <v>0.862716</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D71" s="2">
         <v>44926</v>
       </c>
       <c r="E71" s="3">
         <v>2022</v>
       </c>
       <c r="F71">
         <v>0.092191</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D72" s="2">
         <v>45291</v>
       </c>
       <c r="E72" s="3">
         <v>2023</v>
       </c>
       <c r="F72">
         <v>0.845127</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D73" s="2">
         <v>45291</v>
       </c>
       <c r="E73" s="3">
         <v>2023</v>
       </c>
       <c r="F73">
         <v>0.086000</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="2">
         <v>33238</v>
       </c>
       <c r="E74" s="3">