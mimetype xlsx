--- v2 (2026-01-07)
+++ v3 (2026-03-07)
@@ -53,54 +53,54 @@
   <si>
     <t>Utsläpp av växthusgaser per invånare</t>
   </si>
   <si>
     <t>MP2030.1.1.1</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Arbetsmaskiner</t>
   </si>
   <si>
     <t>Jordbruk</t>
   </si>
   <si>
     <t>Egen uppvärmning</t>
   </si>
   <si>
     <t>El och fjärrvärme</t>
   </si>
   <si>
-    <t>Produktanvändning</t>
+    <t>Totalt</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Produktanvändning</t>
   </si>
   <si>
     <t>Avfall och avlopp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -1539,391 +1539,391 @@
       </c>
       <c r="E55" s="3">
         <v>2023</v>
       </c>
       <c r="F55">
         <v>0.000420</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2">
         <v>33238</v>
       </c>
       <c r="E56" s="3">
         <v>1990</v>
       </c>
       <c r="F56">
-        <v>0.043850</v>
+        <v>2.231447</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="2">
         <v>33238</v>
       </c>
       <c r="E57" s="3">
         <v>1990</v>
       </c>
       <c r="F57">
-        <v>2.231447</v>
+        <v>0.043850</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D58" s="2">
         <v>36891</v>
       </c>
       <c r="E58" s="3">
         <v>2000</v>
       </c>
       <c r="F58">
         <v>2.166649</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D59" s="2">
         <v>36891</v>
       </c>
       <c r="E59" s="3">
         <v>2000</v>
       </c>
       <c r="F59">
         <v>0.124903</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D60" s="2">
         <v>38717</v>
       </c>
       <c r="E60" s="3">
         <v>2005</v>
       </c>
       <c r="F60">
         <v>0.165857</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D61" s="2">
         <v>38717</v>
       </c>
       <c r="E61" s="3">
         <v>2005</v>
       </c>
       <c r="F61">
         <v>1.902231</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D62" s="2">
         <v>40543</v>
       </c>
       <c r="E62" s="3">
         <v>2010</v>
       </c>
       <c r="F62">
         <v>0.156485</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D63" s="2">
         <v>40543</v>
       </c>
       <c r="E63" s="3">
         <v>2010</v>
       </c>
       <c r="F63">
         <v>1.493447</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D64" s="2">
         <v>42369</v>
       </c>
       <c r="E64" s="3">
         <v>2015</v>
       </c>
       <c r="F64">
         <v>0.152093</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D65" s="2">
         <v>42369</v>
       </c>
       <c r="E65" s="3">
         <v>2015</v>
       </c>
       <c r="F65">
         <v>1.182163</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="2">
         <v>44196</v>
       </c>
       <c r="E66" s="3">
         <v>2020</v>
       </c>
       <c r="F66">
-        <v>1.017329</v>
+        <v>0.118267</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="2">
         <v>44196</v>
       </c>
       <c r="E67" s="3">
         <v>2020</v>
       </c>
       <c r="F67">
-        <v>0.118267</v>
+        <v>1.017329</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="2">
         <v>44561</v>
       </c>
       <c r="E68" s="3">
         <v>2021</v>
       </c>
       <c r="F68">
-        <v>0.096429</v>
+        <v>0.981097</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="2">
         <v>44561</v>
       </c>
       <c r="E69" s="3">
         <v>2021</v>
       </c>
       <c r="F69">
-        <v>0.981097</v>
+        <v>0.096429</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D70" s="2">
         <v>44926</v>
       </c>
       <c r="E70" s="3">
         <v>2022</v>
       </c>
       <c r="F70">
         <v>0.862716</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D71" s="2">
         <v>44926</v>
       </c>
       <c r="E71" s="3">
         <v>2022</v>
       </c>
       <c r="F71">
         <v>0.092191</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="2">
         <v>45291</v>
       </c>
       <c r="E72" s="3">
         <v>2023</v>
       </c>
       <c r="F72">
-        <v>0.845127</v>
+        <v>0.086000</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="2">
         <v>45291</v>
       </c>
       <c r="E73" s="3">
         <v>2023</v>
       </c>
       <c r="F73">
-        <v>0.086000</v>
+        <v>0.845127</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="2">
         <v>33238</v>
       </c>
       <c r="E74" s="3">
         <v>1990</v>
       </c>
       <c r="F74">
         <v>0.013897</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>